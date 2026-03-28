--- v0 (2025-11-20)
+++ v1 (2026-03-28)
@@ -269,4891 +269,4283 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122559", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122559", "[ VÍDEO ] Empilhadeira Yale Modelo GDP155 Para 7 Toneladas ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122579", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122579", "[ VÍDEO ] Guindaste Hyster K110 tipo Canarinho. Operacional ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122767", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122767", "[ VÍDEOS ] MOTOR MWM 12 CILINDROS EM "V". FUNCIONANDO.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122768", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122768", " Empilhadeira Yale 2,5 Toneladas com Torre Triplex")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122769", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122769", " Empilhadeira Yale 2,5 Toneladas com Torre Triplex")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122771", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122771", " Empilhadeira Hyster H155 7 toneladas ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122770", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122770", " Empilhadeira Yale 6 toneladas ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122553", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122553", " [ LANCES POR KG ] Materiais Industriais Diversos. Aprox. 20.000 quilos")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122050", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122050", "[ VÍDEO ] TRANSMISSÃO CLARK 18.000")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122049", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122049", " TRANSMISSÃO CATERPILLAR D6 P S")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122051", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122051", " TRANSMISSÃO CATERPILLAR 924G ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122052", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122052", "[ VÍDEO ] TRANSMISSÃO CATERPILLAR 938G")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122053", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122053", "[ VÍDEO ] TRANSMISSÃO PARA PÁ CARREGADEIRA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122054", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122054", "[ LANCES POR KG ][ VÍDEO ] TRANSMISSÃO CATERPILLAR 962G. APROX. 800 KG")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122056", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122056", " TRANSMISSÃO CATERPILLAR 966C")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122055", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122055", " TRANSMISSÃO PARA ROLO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122057", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122057", " TRANSMISSÃO FUNK PARA ROLOS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122058", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122058", " TRANSMISSÃO ALISSON PARA CASE W20")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122060", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122060", " TRANSMISSÃO ZF PARA PÁ CARREGADEIRA HYUNDAI HL760")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122061", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122061", " TRANSMISSÃO PARA KOMATSU WA320")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122059", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122059", " CAIXA SCANIA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122062", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122062", " CONVERSOR DE TORQUE KOMATSU D155")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122063", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122063", " CONVERSOR DE TORQUE CATERPILLAR D6")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122064", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122064", " TRANSMISSÃO PARA KOMATSU D61")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122065", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122065", " TRANSMISSÃO CATERPILLAR D4")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122066", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122066", " TRANSMISSÃO CATERPILLAR D6M")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122067", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122067", " TRANSMISSÃO CATERPILLAR D8N")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122068", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122068", " MOTOR MERCEDES OM352")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122069", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122069", " MOTOR ISUZU PARA ESCAVADEIRA E PAS CARREGADEIRA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122070", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122070", " MOTOR CATERPILLAR 3306")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122071", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122071", " MOTOR JCB")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122072", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122072", " MOTOR VOLVO D7")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122074", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122074", " MOTOR JCB ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122073", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122073", " MOTOR CUMMINS SERIE B")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122075", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122075", " MOTOR CATERPILLAR 3066")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122078", "039")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122078", " MOTOR SCANIA 111")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122079", "040")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122079", " MOTOR CUMMINS 855 BIG CAM CHINA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122080", "041")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122080", " MOTOR CATERPILLAR C15")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122081", "042")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122081", " MOTOR KOMATSU SAA6D140E-5 TIER III PC600 430HP")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122082", "043")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122082", " MOTOR CATERPILLAR 3304")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122084", "044")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122084", " MOTOR VOLVO PENTA D16 585KW")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122085", "045")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122085", "[ VÍDEO ] MOTOR VOLVO DIESEL D6E TIER III")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122083", "046")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122083", " COMANDO FINAL TRATOR DE ESTEIRA D8N")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122087", "047")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122087", "[ VÍDEO ] COMANDO FINAL TRATOR DE ESTEIRA D6R")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122088", "048")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122088", " COMANDO HIDRAULICO CATERPILLAR D6R")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122086", "049")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122086", " COMANDO HIDRAULICO CATERPILLAR 938G")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122089", "050")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122089", " COMANDO HIDRAULICO KOMATSU WA320")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122091", "051")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122091", " COMANDO HIDRAULICO CATERPILLAR 938H")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122090", "052")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122090", " COMANDO HIDRAULICO CATERPILLAR 336D")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122092", "053")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122092", "[ VÍDEO ] COMANDO HIDRÁULICO CATERPILLAR 416C")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122094", "054")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122094", " COMANDO HIDRAULICO CATERPILLAR D8L VALVULA SAPO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122093", "055")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122093", " COMANDO HIDRAULICO MASSEY FERGUNSON 86HD")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122097", "056")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122097", " COMANDO HIDRAULICO CATERPILLAR 320D")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122095", "057")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122095", " COMANDO HIDRAULICO CASE CX 240")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122096", "058")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122096", " COMANDO HIDRAULICO MOTONIVELADORA HUBER WARCO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122099", "059")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122099", " COMANDO HIDRAULICO CATERPILLAR 330")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122100", "060")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122100", " REDUTOR DE GIRO PARA ESCAVADEIRAS CATERPILLAR 320")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122098", "061")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122098", " REDUTOR DE TRANSLAÇÃO FIAT HITACHI FH200")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122101", "062")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122101", " REDUTOR DE TRANSLAÇÃO FIAT HITACHI FH220")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122103", "063")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122103", " REDUTOR DE TRANSLAÇÃO CASE CX 240")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122102", "064")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122102", " BOMBA HIDRAULICA PARA ESCAVADEIRA JCB JS330")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122104", "065")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122104", " BOMBA HIDRAULICA PARA ESCAVADEIRA CASE 888 CKE")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122106", "066")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122106", " BOMBA HIDRAULICA PARA ESCAVADEIRA VOLVO EC 700")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122105", "067")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122105", " BOMBA HIDRAULICA PARA ESCAVADEIRA VOLVO EC 210")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122107", "068")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122107", " BOMBA HIDRAULICA LIEBHER 924")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122109", "069")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122109", " BOMBA HIDRAULICA HYUNDAI R500")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122108", "070")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122108", " BOMBA HIDRAULICA LIEBHER 958")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122110", "071")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122110", " BOMBA HIDRAULICA SUNDSTRAND")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122111", "072")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122111", " BOMBA HIDRAULICA CATERPILLAR 336D")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122114", "073")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122114", " EIXO DIANTEIRO MOTO NIVELADORA CATERPILLAR 120H")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122112", "074")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122112", " EIXO DIRECIONAL EMPILHADEIRA HYUNDAI HDF70")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122113", "075")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122113", " EIXO DIFERENCIAL RANDON RK430")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122116", "076")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122116", " PAR EIXOS DIFERENCIAIS JCB 456ZX")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122115", "077")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122115", " PAR EIXOS DIFERENCIAIS LIEBHERR L580")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122117", "078")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122117", " EIXO DIFERENCIAL CATERPILLAR 924G")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122120", "079")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122120", " EIXO DIANTEIRO DIRECIONAL RANDON RK430")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122118", "080")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122118", " PAR EIXOS DIFERENCIAIS PÁ CARREGADEIRA JCB 416")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122119", "081")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122119", " EIXO DIFERENCIAL PÁ CARREGADEIRA FIAT")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122122", "082")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122122", " PAR DE EIXOS PÁ CARREGADEIRA CATERPILLAR 938G")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122121", "083")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122121", " PAR DE EIXOS PÁ CARREGADEIRA CATERPILLAR 966")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122123", "084")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122123", " PAR DE EIXOS PÁ CARREGADEIRA CATERPILLAR 930")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122124", "085")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122124", " PAR DE EIXOS PÁ CARREGADEIRA CASE 821 ZF")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122125", "086")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122125", " PAR DE EIXOS PA CARREGADEIRA SEM")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122128", "087")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122128", " EIXO DIFERENCIAL PÁ CARREGADEIRA CATERPILLAR 938H")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122129", "088")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122129", " EIXO DIFERENCIAL PÁ CARREGADEIRA SDLG")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122126", "089")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122126", " PISTAO HIDRAULICO CATERPILLAR D8T NOVO SEM USO")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122127", "090")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122127", "[ LANCES POR KG ] PISTÕES HIDRÁULICOS DIVERSOS APROX. 6.000 QUILOS")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122247", "091")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122247", " Kit Motor Mercedes OM 352 e radiador acoplado diversas aplicações ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122250", "092")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122250", " Grade Aradora Tatu")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122249", "093")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122249", " Radiador com Máscara dianteira Trator de Esteira Caterpillar D6R")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122251", "094")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122251", " Grade Aradora Tatu")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122248", "095")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122248", " Radiador. Sem Uso")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122246", "096")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122246", " 2 Radiadores. Sem uso")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122252", "097")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122252", " Radiador Com alter Cooler. Sem Uso")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122253", "098")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122253", " [ LANCES POR KG ] Tandem e Transmissão para Motoniveladora. Aprox. 2.000 quilos")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122255", "099")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122255", " [ LANCES POR KG ] Tandem e Transmissão para Motoniveladora. Aprox. 2.000 quilos")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122256", "100")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122256", " Caçamba para Escavadeira Caterpillar 320")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122254", "101")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122254", " Caçamba para Pá Caregadeira Caterpillar 955 L")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122537", "102")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122537", " Caçamba Pá Carregadeira Liebherr L580")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122536", "103")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122536", " Caçamba Pá Carregadeira Caterpillar 966")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122538", "104")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122538", " Caçamba para Pá Carregadeira")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122540", "105")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122540", " Rolo para Dynapac CA25")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122539", "106")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122539", " Tambor Liso para Rolo Dynapac CG 14")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122541", "107")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122541", " Assento para Equipamentos JCB")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122542", "108")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122542", " Assento para Equipamentos Hyundai ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122544", "109")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122544", " Par de Redutores de Tração para Escavadeira Komatsu PC 600")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122543", "110")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122543", " Par de Pistões de Levante para escavadeira Hyundai R500")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122545", "111")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122545", " Par de Pistões Escavadeira Caterpillar 320")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122546", "112")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122546", " Par de pistões de levante Escavadeira Caterpillar 312")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122548", "113")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122548", " Par de Pistões para Escavadeira Caterpillar 324")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122549", "115")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122549", " Engate Rápido para Escavadeira")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122552", "116")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122552", "[ LANCES POR QUILO ] Chapas de 2 a 4 Polegadas. Aprox. 5.000 quilos")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122550", "117")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122550", " Transmissão para Pá Carregadeira Caterpillar 955")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122554", "118")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122554", " Transmissão para Trator de Esteira Caterpillar D7")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122551", "119")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122551", " Transmissão para Trator de Esteira D8")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122556", "120")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122556", " Transmissão para Moto Scraper Caterpillar 621S")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122569", "121")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122569", " Transmissão para Pá Carregadeira Caterpillar 941 ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122555", "122")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122555", " Radiador para Escavadeira Caterpillar 320 ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122558", "123")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122558", " Radiador c Máscara Frontal para Pá Carregadeira Caterpillar 966")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122557", "124")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122557", " Radiador para Trator de Esteira Caterpillar D8L")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122560", "125")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122560", " Cabine para Motoniveladoras completa")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122561", "126")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122561", " Cabine para Tratores de Esteira Caterpillar com Rops")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122562", "127")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122562", " Cabine para Pá Carregadeira Hyundai Completa")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122563", "128")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122563", " Cabine para Motoniveladora Completa")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122564", "129")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122564", " Radiador para Escavadeira Komatsu PC 200")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122565", "130")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122565", " Radiador com máscara Frontal Para Trator de Esteira Caterpillar D5")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122566", "131")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122566", " Radiador de Óleo Multi Uso ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122567", "132")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122567", " Radiador para Escavadeira Liebherr 944")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122570", "133")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122570", " Virabrequim para Motor Caterpillar 3306")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122568", "134")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122568", " Virabrequim para Motor Caterpillar 3304")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122571", "135")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122571", " Virabrequim para Motor Caterpillar D342")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122572", "136")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122572", " Bloco para Motor Cummins QSL9")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122573", "137")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122573", " Bloco para Motor Caterpillar 3306")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122574", "138")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122574", " Bloco para Motor Caterpillar D8L")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122575", "139")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122575", " Bloco para Motor Caterpillar 3116")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122696", "140")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122696", " 16 Unidades de Rolete para Escabadeira Caterpillar 320")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122694", "141")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122694", " Roletes escavadeira  Caterpillar 336D 4 superior e 16 inferior")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122695", "142")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122695", " 3 Roletes novos para Trator de Esteira Caterpillar D10")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122693", "143")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122693", " Roletes para Escavadeira Hyundai R 210 e R220. 14 inferiores e 3 superiores")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122698", "144")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122698", " 2 Roletes Trator de Esteira komatsu D155. Sem uso.")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122697", "145")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122697", " Aprox. 12 Roletes para Trator de Esteira Caterpillar D4")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122700", "146")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122700", " Roletes para Escavadeira Caterpillar 320. Aprox.16 unidades")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...334 lines deleted...]
-      <c r="E27" s="5" t="inlineStr">
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122702", "147")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122702", " Roletes para Escavadeira Caterpillar 324D. Aprox. 19 unidades")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122699", "148")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122699", " Roletes para Trator de Esteira Caterpillar: 4 de D8L e 4 de D7")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122703", "149")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122703", " Roletes Trator de Esteira Caterpillar D7: 12 inferior e 4 superior")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122701", "150")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122701", " 9 roletes inferiores e 10 superiores para Komatsu D65 ")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F27" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122776", "151")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122776", " Cabine para Escavadeiras Volvo (VAZIA)")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122774", "152")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122774", " Cabine para Escavadeiras Caterpillar (VAZIA)")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122772", "153")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122772", " Cabine para Escavadeiras Komatsu (Vazia)")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122773", "154")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122773", " Cabine para Escavadeiras JCB com vidros (VAZIA)")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122777", "155")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122777", " Misturador Semco Modelo FM130")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...4254 lines deleted...]
-      </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122775", "156")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122775", " Soprador de Ar Grande ")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>