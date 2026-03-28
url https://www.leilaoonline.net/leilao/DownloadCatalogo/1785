--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121581", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121581", "Casa em Pirassununga com piscina e mais de 500 m² de área construída")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.500.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121582", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121582", "Clínica com 353,69m² de área construiída em terreno de 530m²")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>700.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121583", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121583", "Apartamento de 3 quartos com área de 115,72m²")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121584", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121584", "Casa de 82,73² em terreno de 200m² em Porto Ferreira/ SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>169.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>