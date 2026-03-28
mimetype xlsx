--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1755 +269,1539 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121859", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121859", "Caminhão Volvo VM 330 - 2014/2015 8x2 Completo - automático - engate para julieta - Roll-on Grimaldi G25 2017")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>307.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121837", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121837", "[ Vídeo ] Plataforma Genie z-34/22 Ano 2007 - funcionando, altura maxima de elevação : 12,52 metros")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121839", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121839", " Prensa de lixo - Roll-on - Somente equipamento prensa")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121838", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121838", " [ Vídeo ] Caminhão 24.220 2009/2010 - Roll-on Imavi G25 - Funcionando")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>158.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121862", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121862", "Retroescavadeira Caterpillar - Mod. 416 - 2003 - 4x2 - Funcionando")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121848", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121848", "Moinho Pet")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123652", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123652", "[Vídeo] Caminhão Mercedes L1418E -  Ano 1993  - Diferencial rockwell 240 (reduzido) - Suspensor de Truck ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121849", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121849", "Moinho de plástico ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123863", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123863", "Caldeira gerador de vapor - 2002 ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121850", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121850", "Moinho de martelo")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121851", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121851", "Peneira 5,00 x 2,00")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121840", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121840", " [vídeo] Escavadeira Volvo - 2001")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>84.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121843", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121843", "[Vídeo] -  Motoniveladora Patrol Cat 120B - 6 cilindros ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121842", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121842", " Peneira vibratória industrial ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121846", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121846", " Furadeira De bancada Radial")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123857", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123857", " Serra de madeira")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123858", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123858", " Tanque chorumeira")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121845", "025")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121845", " [Veja vídeo] Gerador cat 50 kva cabinado - ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121844", "026")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121844", " Grua Munck - Guindauto - 2010 - ECO mod. 10.000 - Duas lanças Hidráulicas  - Para reaproveitamento")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121841", "027")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121841", " Empilhadeira AUSA - cap. de carga aproximadamente 1300kg - ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121847", "028")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121847", "Moinho martelo - motor 20cv  - Para reaproveitamento")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121852", "029")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121852", "Lote com: 1 unidade de Redutor 1 x 40 ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123843", "030")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123843", "Moinho")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121853", "034")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121853", "Exaustor Industrial")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123848", "036")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123848", " Conjunto Hidráulico")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123844", "037")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123844", "Caldeira ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123850", "038")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123850", " Redutor triturador")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123865", "039")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123865", "[vídeo] Retroescavadeira Case 580L - 2007 - 95.125hrs ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>67.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121854", "040")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121854", "Baú Melosa com conjunto Hidráulico ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123851", "041")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123851", " Unidade Hidráulica - Motor 7,5 cv")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121855", "042")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121855", "Moinho de martelo ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121856", "043")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121856", "Moinho de martelo - desmontado")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121857", "045")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121857", "Bomba industrial ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123860", "049")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123860", " Moedor Agrícola")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121858", "050")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121858", "[ Vídeo ] Empilhadeira Clark 2006 ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121860", "056")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121860", "Retífica ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121861", "057")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121861", "Guilhotina Mecânica ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123647", "058")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123647", "[ Vídeo ] Empilhadeira Hyster -  Modelo XL80Ano 99 Diesel motor Maximum - Cap 4 ton.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123648", "059")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123648", "Empilhadeira Clark CMP50SD Diesel  ano 2009  Cap 5 ton.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123649", "060")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123649", "Torno Mecânico  imor 2,5 de barramento  - sem teste")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123650", "061")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123650", "[ vídeo] Trator de esteira CAT modelo D4E ano 1988 - funcionando")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>91.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123840", "062")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123840", " Tupia")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123839", "063")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123839", " Prensa Hydrauma")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123841", "064")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123841", " Esteira - 7 metros")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123842", "065")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123842", " Secador Industrial")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123845", "066")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123845", "[vídeo] Painel de teste hidráulico.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123849", "067")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123849", " Prensa")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123856", "068")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123856", " Peneira vibratória seletiva")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123861", "086")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123861", "Rolo Compactador - sem especificação ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123852", "093")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123852", " Prensa")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123855", "101")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123855", " Britador de mandíbula - abertura da boca de aproximadamente 30 x 15")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123853", "104")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123853", " Gerador 250/275 kva  motor mwm v12 ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...137 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123854", "105")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123854", " Britador de mandíbula - 30x20 ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...676 lines deleted...]
-      <c r="F38" s="4" t="inlineStr">
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-[...798 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123864", "106")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123864", "[ vídeo] Empilhadeira - Clark  c-300 Cap 2,5 Ton  - Motor diesel")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>