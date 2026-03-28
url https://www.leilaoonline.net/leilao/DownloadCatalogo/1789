--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1051 +269,923 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124678", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124678", "[ VÍDEO ] ESCAVADEIRA KOMATSU. MOD. PC 200. ANO 2013. APROX. 10.800 HRS. ÚNICO DONO. COM MANUAL E CATÁLOGO. AR GELANDO.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>406.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121892", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121892", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO aprox. 1991")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122828", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122828", "[ VÍDEOS ] MOTONIVELADORA FIATALLIS. MOD. FG75B. ANO Aprox. 1998")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121893", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121893", "[ VÍDEO ] ROLO COMPACTADOR CATERPILLAR. MOD. 533. ANO  aprox. 1999")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121897", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121897", "[ VÍDEO ] MINI CARREGADEIRA SUNWORD. ANO 2011. MOTOR KUBOTA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121901", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121901", "[ VÍDEO ] PÁ CARREGADEIRA DOSAN. MOD. DL-200. ANO Aprox. 2011")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>230.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121911", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121911", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO 1994. ACOMPANHA TAMBOR LISO E PATA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123862", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123862", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR. MOD. 950F. ANO Aprox. 1997")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>168.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124467", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124467", "[ VÍDEO ]  TRATOR JOHN DEERE. MOD. 7505 - 145CV. ANO 2003")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121908", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121908", "[ VÍDEO ] ROLO COMPACTADOR TEMA-TERRA. MOD. SPVC 68. ANO Aprox. 1988")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...32 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121914", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121914", "[ VÍDEO ] MINI ESCAVADEIRA BOBCAT. MOD. 325. ANO 2009")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>88.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121910", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121910", "[ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR. MOD. 950H. ANO 2011")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>235.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121912", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121912", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. W7. ANO Aprox. 1980")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121899", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121899", "[ VÍDEO ] RETROESCAVADEIRA CASE. MOD. 580H. ANO aprox. 1987")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121900", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121900", "PÁ CARREGADEIRA MICHIGAN. MOD. 55A. TORQUE 28000. FREIO A DISCO. ANO 1985.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121898", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121898", " TREM DE FORÇA (TRANSMISSÃO, CONVERSOR, TANDER, RADIADOR) PATROL FIATALLIS FG85")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121915", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121915", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. W20 E TURBO. ANO 2007")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>265.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121916", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121916", "RETROESCAVADEIRA MASSEY FERGUSON MOD. 86HS ANO 1994 - torque")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121903", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121903", "CONCHA CATERPILLAR")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121907", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121907", " MOTONIVELADORA CATERPILLAR. MOD. 120B. ANO Aprox. 1977")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121905", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121905", " [ VÍDEO ] MOTONIVELADORA FIATALLIS. MOD. FG70. ANO Aprox. 1988")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121913", "028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121913", "[ VÍDEO ] CAÇAMBA BASCULHANTE DE 14m. ASSOALHO DE CHAPA REFORÇADA. COM PISTÃO E BOMBA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...89 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121896", "029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121896", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...47 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121906", "030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121906", " TRITURADOR/ PICADOR DE GALHOS. ANO 2010")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124466", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124466", " TRANSMISSÃO AMERICANA CATERPILLAR PARA PÁ CARREGADEIRA 966 SÉRIE 25U")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124468", "032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124468", " LOTE DE SUCATA: 5 MOTORES A DIESEL SENDO: 03 MERCEDES 5CC, 01 SANIA 6CC E 01 MERCEDES 6CC. PODENDO FALTAR PEÇAS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121904", "033")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121904", " ROMPEDOR PARA ESCAVADEIRA 22 TON. ANO 2014")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121909", "034")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121909", "CABINE PARA MÁQUINA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124469", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124469", " 09 CARDANS PARA CAMINHÃO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121894", "037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121894", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121895", "038")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121895", " CARRETA. CHAPEADA DE AÇO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...670 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124699", "039")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124699", "APROX. 52 UNIDADES DE DENTES PARA RETROESCAVADEIRA. SEM USO. NO ESTADO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>