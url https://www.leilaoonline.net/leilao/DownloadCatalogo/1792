--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2299 +269,2015 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122216", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122216", " Máquinas de costura industrial diversas - no estado (Aprox. 30 unidades)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122196", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122196", " Balança Toledo cap. 3 toneladas - no estado")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122217", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122217", " Parafusos grandes diversos (Aprox. 3000kg) - Lance por KG")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122206", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122206", " Parafusos pequenos diversos (Aprox. 3000kg) - Lance por KG")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122230", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122230", " Compressores Embraco - no estado (60 unidades)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122200", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122200", " Rolo de papel (Aprox. 70 unidades)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122232", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122232", " Lã de rocha de diversos tamanhos (Aprox. 150 pacotes)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122203", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122203", " Prateleiras para vinhos e garrafas (12 unidades)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122222", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122222", " Expositor gôndola de diversos tamanhos - no estado (Aprox. 100 caixas)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122202", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122202", " Plástico triturado de diversas cores - 03 bags (Aprox. 3000kg) - Lance por KG")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122231", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122231", " Plástico triturado de diversas cores - (Aprox. 20 sacos - aprox. 3000kg) - Lance por KG")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122214", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122214", " Conexões de diversos tamanhos e medidas (Aprox. 5700kg) - Lance por KG")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3,10</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122227", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122227", " Tubos de inox de 3m, linha 400, 2mm de espessura, 2,5 polegadas (50 unidades)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122201", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122201", " Tubos de inox de 3m, linha 400, 2mm de espessura, 2,5 polegadas (50 unidades)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122228", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122228", " Tubos de inox de 3m, linha 400, 2mm de espessura, 2,5 polegadas (50 unidades)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122209", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122209", " Tubos de inox de 3m, linha 400, 2mm de espessura, 2,5 polegadas (50 unidades)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122221", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122221", " Tanque de inox 304 de 10.000L")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122197", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122197", " Tanque de inox 304 de 4.000L")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122223", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122223", " Omega 2005 automático, bancos em couro, blindado, funcionando")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122213", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122213", " Válvula de ferro fundido de 600mm de boca")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122224", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122224", " Tubos de ferro de aproximadamente 3metros de comprimento, 3 polegadas e 3mm de parede (Aprox. 14700kg) - Lance por KG")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...20 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122208", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122208", " Máquina em inox 304 de limpar ervilha")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122234", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122234", " Placa de torno")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122204", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122204", " Placa de torno")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122225", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122225", " Placa de torno")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122207", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122207", " Placa de torno")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122235", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122235", " Trator Ford Brasileiro")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122199", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122199", " Trocador de calor de inox 304")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122220", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122220", " Parafusos pequenos diversos - no estado (Aprox. 5000kg) - Lance por KG")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...15 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122211", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122211", " Caixa de secagem marca Munters")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122229", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122229", " Caixa de secagem marca Munters")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122205", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122205", " Máquina de secagem")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122219", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122219", " Torno industrial")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122210", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122210", " Torno industrial")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122226", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122226", " Furadeira industrial")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122198", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122198", " Furadeira industrial")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122218", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122218", " Máquina industrial")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122212", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122212", " Máquina de solda")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122233", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122233", " Furadeira industrial")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122215", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122215", " Prensa")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122236", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122236", " Container cheio de lã de rocha de diversas medidas, aproximdamente 240 pacotes - Container não incluso - no estado")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122237", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122237", " Rosca sem fim de inox")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122239", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122239", " Rosca sem fim de inox, 8,6 metros de comprimento, 55cm de diâmetro - 4 toneladas")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122238", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122238", " Cadinhos diversos (Aprox. 3000kg) - Lance por KG")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122242", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122242", " Motor para estudo")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122241", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122241", " Tanque de inox de 5.000L")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122243", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122243", " Válvulas dn80 diversas (Aprox. 20 unidades)")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122240", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122240", " Torre poste com aproximadamente 50 metros de altura (Torre desmontada)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122513", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122513", " Serra elétrica (3 peças)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122518", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122518", " Triturador")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122530", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122530", " Aspirador")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122514", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122514", " Caixa")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122535", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122535", " Cilindros Oxigênio (9 unid. 85 kg)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122523", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122523", " Tubos gás diversos (13 unid. 52 kg)")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122534", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122534", " Macaco (26 unid. 25 kg)")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122525", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122525", " Rolo de esteira (27 unid. 25kg)")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122519", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122519", " Bomba de pistão (48 unid. 17 kg)")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122528", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122528", " Rolo de esteira (64 unid. 11 kg)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122517", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122517", " Diversos (27 unid. 62 kg)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
+      <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...57 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122522", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122522", " Bomba (47 unid. 24 kg)")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122515", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122515", " Tesoura (16 unid. 47 kg)")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122527", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122527", " Bomba poço artesiano (14 unidades - 110kg)")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...276 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122516", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122516", " Polia (4 unid. 207kg)")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
+      <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...52 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122521", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122521", " Polia (13 unid.)")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122526", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122526", " Bomba ingetora (10 unid. 49 kg)")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
-[...671 lines deleted...]
-      <c r="F51" s="4" t="inlineStr">
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122533", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122533", " Pistão (51 unid.15 kg)")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122529", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122529", " Bomba d'água")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122532", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122532", " Pistão Hidráulico (5 unid. 60 kg)")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122524", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122524", " Pistão Alumínio (19 unid. 13 kg)")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122531", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122531", " Pistão Hidráulico (43unid. 81 kg)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-[...926 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122520", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122520", " Bomba d'água (4 peças)")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>