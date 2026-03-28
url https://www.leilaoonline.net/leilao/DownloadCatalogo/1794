--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122386", "103")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122386", "CHEVROLET S10 ADV FD2; 2018/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - FROTA 202; CP 120 - R$ 123.605,00")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122707", "104")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122707", "veja o vídeo!! FIAT/ARGO TREKKING 1.3; 2019/2020; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO - FIPE: R$ 73.475,00")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>50.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122385", "108")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122385", "FIAT PALIO WEEK ADVENTURE; 2018/2019; BRANCA; FLEX - FUNC. - FROTA 939; CP 185 - FIPE: R$ 64.256,00")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122711", "109")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122711", "FORD/KA SE 1.0 HA C; 2019/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122387", "110")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122387", "FIAT PALIO WEEK. ADVENTURE; 2018/2019; BRANCA; FLEX - FUNC. - FROTA 770; CP 188 - FIPE: R$ 64.256,00")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122396", "111")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122396", "FIAT PALIO WEEK ADVENTURE; 2018/2019; BRANCA; FLEX - FUNC. - FROTA 173; CP 191 - FIPE: R$ 64.256,00")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122397", "112")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122397", "FIAT PALIO WEEK ADVENTURE; 2018/2019; BRANCA; FLEX - FUNC. - FROTA 843; CP 197 - FIPE R$ 64.256,00")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122398", "113")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122398", "FIAT PALIO WEEK ADVENTURE; 2018/2019; BRANCA; FLEX - FUNC. - FROTA 730; CP 203 - R$ 64.256,00")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122399", "114")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122399", "FIAT PALIO WEEK ADVENTURE; 2018/2018; PRATA; FLEX - FUNC. - FROTA H74; CP 204 - FIPE: R$ 61.754,00")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122400", "115")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122400", "FIAT PALIO WEEK ADVENTURE; 2018/2018; PRATA; FLEX - FUNC. - FROTA H03; CP 206 - FIPE: R$ 61.754,00")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122401", "116")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122401", "FIAT PALIO WEEK. ADVENTURE; 2018/2019; BRANCA; FLEX - FUNC. - FROTA 358; CP 166 - FIPE: R$ 64.256,00")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122402", "117")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122402", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 678; CP 170")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>40.150,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122404", "118")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122404", "FIAT PALIO WEEKEND ADVENTURE; 2019/2020; BRANCA; ALCO./GASOL. FIPE: R$ 64.158,00 - FUNC. - FROTA 409; CP 98")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122403", "119")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122403", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; FLEX - FIPE: R$ 64.256,00 - FUNC. - FROTA 358; CP 96")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122708", "120")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122708", "veja o vídeo!! CHEVROLET/ONIX PLUS JOY; 2020/2020; BRANCA; ALCO./GASOL. IPVA 2022 OK - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122765", "121")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122765", "veja o vídeo!! HYUNDAI/HB20 1.0M COMFOR; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122710", "124")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122710", "I/HYUNDAI VERACRUZ 3.8V6; 2007/2008; PRETA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122963", "128")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122963", "FORD/KA SE 1.0 HA C; 2020/2020; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122709", "129")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122709", "I/CITROEN C4 PIC GLXA 5L; 2010/2011; PRATA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122818", "130")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122818", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 838; CP 93")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>39.250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122819", "131")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122819", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 766; CP 102")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122820", "132")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122820", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 799; CP 103")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122821", "133")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122821", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 939; CP 105")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122822", "134")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122822", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 814; CP 106")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122823", "135")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122823", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 112; CP 107")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122824", "136")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122824", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 742; CP 108")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122825", "137")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122825", "FIAT PALIO WEEKEND ADVENTURE;  2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 813; CP 109")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122826", "138")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122826", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 744; CP 110")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122827", "139")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122827", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 588; CP 111")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122829", "140")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122829", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 364; CP 112")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122830", "141")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122830", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO; FROTA 742; CP 113")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122831", "142")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122831", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 113; CP 114")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122832", "143")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122832", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 709; CP 115")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>