--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1627 +269,1427 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124363", "102")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124363", "veja o vídeo!! HONDA/WR-V LX CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - APROX. 6.343KM -IPVA 2022 PAGO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123655", "103")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123655", "veja o vídeo!! FIAT/ARGO TREKKING 1.3; 2019/2020; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO - FIPE: R$ 73.475,00")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122717", "104")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122717", "veja o vídeo!! I/MMC OUTLANDER 2.2 D; 2015/2016; BRANCA; DIESEL - FUNCIONANDO - FIPE: R$ 150.724,00")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>95.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122714", "105")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122714", "veja o vídeo!! CAMINHÃO MERCEDES BENZ/LS 1634; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>97.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122715", "106")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122715", "veja o vídeo!! HONDA/FIT EX CVT; 2020/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO - APROX. 9.300KM - FIPE: R$ 93.693,00")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122712", "107")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122712", "veja o vídeo!! MERCEDES BENZ/C180 FF; 2016/2016; PRETA; ALC./GASOL. - FUNCIONANDO - FIPE: R$ 126.733,00")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>53.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122713", "108")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122713", "veja o vídeo!! CHEVROLET/ONIX 10MT LT1; 2020/2020; PRETA; ALCO./GASOL.  - FUNCIONANDO - APROX. 7.500 KM - FIPE: R$ 69.570,00")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>124</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124027", "109")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124027", "veja o vídeo!! HONDA/CITY EXL CVT; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>74.100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123654", "110")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123654", "veja o vídeo!! I/LR RANGE ROVER SPORT TDV6, 4x4; 2007/2008; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122722", "111")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122722", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - APROX.: 3.990KM; IPVA 2022 PAGO - FIPE: R$ 138.278,00")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>138</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>98.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122716", "112")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122716", "veja o vídeo!! GM/CHEVROLET A20 CUSTOM; 1989/1990; BRANCA; DIESEL (MOD. COMBUSTIVEL) - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>58.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122719", "113")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122719", "veja o vídeo!! HONDA/CIVIC LXS; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>40.100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124019", "114")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124019", "HONDA/CITY PERSONAL; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>52.100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123835", "115")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123835", "veja o vídeo!! HONDA/CITY DX FLEX; 2011/2011; DOURADA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123693", "116")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123693", "veja o vídeo!! I/HYUNDAI SANTAFE GLS V6; 2009/2010; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123656", "117")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123656", "veja o vídeo!! CHEVROLET/ONIX PLUS JOY; 2020/2020; BRANCA; ALCO./GASOL. IPVA 2022 OK - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122725", "118")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122725", "veja o vídeo!! I/M. BENZ B 180; 2010/2011; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122728", "119")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122728", "veja o vídeo!! TOYOTA/YARIS HB XLPLUSAT; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122733", "120")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122733", "veja o vídeo!! TOYOTA/ETIOS SD X; 2014/2015; VERMELHO; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122732", "121")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122732", "I/HYUNDAI I30 2.0; 2011/2012; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122729", "122")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122729", "I/KIA SOUL EX 1.6 FF AT; 2011/2012; MARROM; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>38.250,50</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122727", "123")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122727", "veja o vídeo!! HONDA/CITY EXL CVT; 2015/2015; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123658", "124")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123658", "I/HYUNDAI VERACRUZ 3.8V6; 2007/2008; PRETA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>31.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122735", "125")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122735", "I/AUDI A3 SPB 2.0T FSI; 2006/2007; PRATA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123694", "126")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123694", "veja o vídeo!! I/FIAT SIENA EL 1.4 FLEX; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122737", "127")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122737", "veja o vídeo!! RENAULT/LOGAN EX 1616V A; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123659", "128")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123659", "FORD/KA SE 1.0 HA C; 2020/2020; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>44.500,01</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123657", "129")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123657", "veja o vídeo!! I/CITROEN C4 PIC GLXA 5L; 2010/2011; PRATA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122726", "130")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122726", "HYUNDAI/HR HDB; 2012/2013; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>209</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122734", "131")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122734", "VW/FUSCA 1300; 1970/1970; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124362", "132")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124362", "FIAT/STRADA WORKING; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>27.250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122736", "133")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122736", "GM/MONTANA CONQUEST; 2008/2008; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122740", "134")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122740", "CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>46.750,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124461", "135")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124461", "veja o vídeo!! FIAT/UNO DRIVE 1.0; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124462", "136")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124462", "veja o vídeo!! FORD/FIESTA HA 1.5L S; 2014/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122739", "137")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122739", " veja o vídeo!! HONDA/FIT EX; 2008/2008; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...117 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122741", "138")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122741", "HONDA/FIT EXL CVT; 2014/2015; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>50.250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122751", "139")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122751", "GM/CORSA SEDAN MAXX; 2005/2006; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124463", "140")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124463", "CHEV/PRISMA 1.0MT LT; 2014/2015; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122748", "141")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122748", "CITROEN/PICASSO II16GLXF; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122750", "142")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122750", "GM/MONZA SL/E 2.0; 1989/1990; CINZA; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122743", "145")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122743", "veja o vídeo!! GM/MONZA 650; 1993/1993; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>11.250,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122742", "146")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122742", "GM/CLASSIC LIFE; 2004/2005; CINZA; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
-[...159 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+      <c r="D53" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C26" s="4" t="inlineStr">
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122744", "160")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122744", "veja o vídeo!! I/NISSAN TIIDA 18SL FLEX; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122747", "201")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122747", "veja o vídeo!! VW/FUSCA 1300; 1968/1968; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122745", "217")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122745", "I/HONDA CITY EX FLEX; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D26" s="4" t="inlineStr">
-[...169 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>42.500,11</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122746", "222")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122746", "veja o vídeo!! I/HYUNDAI ELANTRA GLS; 2012/2013; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>27.350,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122752", "225")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122752", "veja o vídeo!! VW/GOL CL STAR; 1989/1989; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...57 lines deleted...]
-      <c r="F33" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122753", "248")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122753", "veja o vídeo!! VW/BRASILIA; 1977/1977; AZUL; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-[...830 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122755", "257")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122755", "veja o vídeo!! VW/GOL CL; 1988/1988; AZUL; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>