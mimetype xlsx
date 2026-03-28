--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122812", "701")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122812", "[ VÍDEO ] CAMINHÃO VW 17.280 CRM 4X2. ANO 2014/ 2014")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>100.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122817", "702")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122817", "CAMINHÃO PIPA VW 17.250E WORKER. ANO: 2011/ 2011")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>111.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122813", "703")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122813", "[ VÍDEO ] CAMINHÃO VW 17.190 WORKER. ANO: 2012 / 2013. REVISADO. FUNCIONANDO. PNEUS SEM USO.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122814", "704")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122814", "CAMINHÃO VW 17.190 WORKER. ANO 2012/ 2013. REVISADO. FUNCIONANDO. PNEUS SEM USO.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122815", "705")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122815", "CAMINHÃO VOLVO VM 270 4X2R. ANO 2013/ 2013. REVISADO. FUNCIONANDO. PNEUS SEM USO.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122816", "706")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122816", "CAMINHÃO VOLVO VM 270 4X2R. ANO 2013/ 2013.REVISADO. FUNCIONANDO. PNEUS SEM USO.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>