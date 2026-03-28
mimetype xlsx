--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,4891 +269,4283 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123431", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123431", "LAVADORA INDUSTRIAL")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123432", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123432", " Compressor p refrigeração marca sabroi ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123375", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123375", " IMPRESSORA HP DESIGNJET 8000 S")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123383", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123383", " MOTORREDUTOR FLENDER C/ MOTOR SIEMENS DE 40 CV")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123379", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123379", " MISTURADOR EM AÇO INOX, PESO: 700 KG")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123434", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123434", " Máquina para gelar água")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123436", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123436", " Máquina para gelar água ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>7.550,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123378", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123378", " 3 TROCADORES DE CALOR ALFA LAVAL")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>10.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123386", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123386", " GELADEIRA EM AÇO INOX")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123373", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123373", " SECADOR DE AR, PRESSÃO DE DESCARGA: 16 BAR, ANO: 2000")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123389", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123389", " UNIDADE HIDRÁULICA REXROTH, C/ MOTOR WEG DE 7,5 CV E 1100 RPM")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123387", "024")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123387", " UNIDADE HIDRÁULICA, C/ MOTOR DE 10 CV E 1140 RPM")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123369", "026")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123369", " VENTOINHA, C/ MOTOR VOGES DE 40 CV E 3560 RPM")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123393", "030")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123393", " BOMBA POSITIVA DE 5 HP")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.850,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123384", "031")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123384", " ELEVADOR DE CARGA, CAP. 1000 KG, ALTURA APROX.: 4 M")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123377", "032")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123377", " POLITRIZ DUPLA REBEL, ANO: 1988, C/ 2 MOTORES WEG DE 7,5 CV")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123390", "036")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123390", " APROX. 20 T DE TUBOS MECÂNICOS DIVERSOS EM AÇO CARBONO (PREÇO P/ KG)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3,95</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123370", "038")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123370", " FORNO TURBO ELÉTRICO GASTROMAQ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123376", "039")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123376", " FURADEIRA DE BANCADA, C/ MOTOR DE 0,85 KW")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123385", "040")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123385", " SERRA DE FITA P/ METAIS RONEMAK, MOD. 3/4")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123498", "041")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123498", "Forno tipo Cadin a gás basculante")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123499", "042")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123499", "Peneira Vibratória")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123380", "044")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123380", " TANQUE EM AÇO CARBONO C/ SERPENTINA E EIXO EM AÇO INOX, CAP. 30000 L")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123500", "045")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123500", "Peneira Vibratória ( 1.200 diâmetro x 510 de altura ) para indústrias de alimentos - completa com motovibradores  e valvulas rotativas em aço inox - com funil alimentador ( 1.200 diâmetro (boca) x 2.500 altura)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123501", "046")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123501", "Peneira Vibratória ( 1.200 diâmetro x 510 de altura ) para indústrias de alimentos - completa com motovibradores  e valvulas rotativas em aço inox - com funil alimentador ( 1.200 diâmetro (boca) x 2.500 altura)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123502", "047")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123502", "Peneira Vibratória ( 1.200 diâmetro x 510 de altura ) para indústrias de alimentos - completa com motovibradores  e valvulas rotativas em aço inox - com funil alimentador ( 1.200 diâmetro (boca) x 2.500 altura)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123503", "048")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123503", "Peneira Vibratória ( 1.200 diâmetro x 510 de altura ) para indústrias de alimentos - completa com motovibradores  e valvulas rotativas em aço inox - com funil alimentador ( 1.200 diâmetro (boca) x 2.500 altura)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123347", "052")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123347", " 2 peças de filtros para tratamento de água")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123352", "056")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123352", " Container em aço inox 304 cap 1.000lt")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123349", "057")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123349", " Container em aço inox 304 cap 1.500lt")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123351", "058")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123351", " Forno a gás com três portas e bandejas")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123350", "060")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123350", " Redutor duplex redução 1:1.000 marca borg mar")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123348", "061")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123348", " Redutor de velocidade redução 1:11 Cap 200cv")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123364", "067")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123364", " 4 redutores")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123363", "068")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123363", " Tamboriador")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123358", "069")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123358", " 2 redutores duplos")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123362", "070")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123362", " Batedeira com tacho inox, perfecta curitiba")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123365", "071")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123365", " Esteira 6 metros x 32 cm de largura com motor redutor")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123359", "072")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123359", " Esteira: 5 m x 28 cm de largura")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123366", "073")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123366", " Unidade hidráulica vickers 65 kg/cm")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123361", "074")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123361", " unidade hidráulica rexhot 7,5 cv 6 p")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123315", "100")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123315", " 2 COMPRESSORES SEMIERMÉTICO TRANE P/ MOTOR DE 100 CV")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123251", "103")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123251", " MISTURADOR/SECADOR DE PLÁSTICO EM AÇO INOX, DIÂM. 1 M E ALTURA 3,8 M")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>14.300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123250", "104")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123250", " TROCADOR DE CALOR ALFA LAVAL TIPO: P14-R.B EM AÇO INOX")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123256", "107")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123256", " MÁQUINA P/ TINGIMENTO EM AÇO INOX, DIM. 1,5X0,9X0,8 M")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123282", "108")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123282", " TAMBOREADOR EM AÇO CARBONO, DIÂM. 0,8 E COMP. 1 M")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123241", "109")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123241", " TANQUE EM AÇO INOX, CAP. 5000 L. PESO APROX. 2 T")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123266", "111")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123266", " TANQUE RETANGULAR EM AÇO INOX, CAP. 3000 L, DIM. 3,65X1,8X0,6 M")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123258", "112")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123258", " 2 CONTAINERS EM AÇO INOX. CAP. 1000 L, DIM. 1X1,15X0,85 M")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123246", "114")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123246", " BOMBA DE VÁCUO ZAMSON, 4 ESTÁGIOS, COM MOTOR ELÉTRICO 20 CV")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123259", "115")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123259", " 2 FURADEIRA DE COLUNA YADOYA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123264", "118")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123264", " EXTRUSORA DE ALIMENTOS EM AÇO INOX COM MOTOR ELÉTRICO 75 CV. 1750 RPM")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123285", "119")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123285", " EXTRUSORA PUGLIESE TIPO: A20, ANO: 1973")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123253", "120")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123253", " 1 TROCADOR DE CALOR ARTICA, ANO: 2001 E 1 TROCADOR DE CALOR ALFA LAVAL TIPO: A10-BFM, ANO: 1987")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123254", "123")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123254", " REDUTOR FALK, REL. 1:7 P/ MOTOR DE APROX. 100 CV E 1 REDUTOR CESTARI, REL. 1:120 P/ MOTOR DE APROX. 15 CV")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123284", "124")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123284", " TORNO XERVITT. OBS.: FALTANDO PEÇAS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123257", "126")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123257", " REDUTOR CESTARI HD10, REL. 1:49 P/ MOTOR DE APROX. 50 CV")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123243", "127")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123243", " COMPRESSOR PEG 40 PÉS, COM MOTOR ELÉTRICO 10 CV")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123267", "129")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123267", " BOMBA DE VÁCUO BNM TIPO: 20/50V, COM MOTOR ELÉTRICO 40 CV, ANO: 1998")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123273", "134")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123273", " 3 ALIMENTADORES VIBRATÓRIOS RNA TIPO: SRC-N630-1R, DIÂM. 850 MM")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123274", "137")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123274", " 2 TROCADORES DE CALOR ALFA LAVAL")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123287", "139")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123287", " PLAINA INVICTA TIPO: 5M")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123296", "141")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123296", " PRENSA P/ CALÇADOS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123295", "142")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123295", " TORNO AUTOMÁTICO CVA Nº8")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123261", "144")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123261", " 1 MOTOVIBRADOR FRIEDRICH, POT. 4 KW E 1 MOTOVIBRADOR S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123278", "145")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123278", " COMPRESSOR DE AR ATLAS COPCO ZR3, COM MOTOR ELÉTRICO 125 CV")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123303", "147")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123303", " EXTRUSORA DE MASSA, DIM. 1,35X0,6 M")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123268", "149")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123268", " 1 REDUTOR GR TIPO: RV250U0AA, REL. 1:40 P/ MOTOR DE 40 CV E 1 REDUTOR REDVAR TIPO: 209/461, REL. 1:392")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123323", "154")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123323", " COMPRESSOR DE AR PEG C/ MOTOR DE 12,5 CV")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123325", "155")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123325", " SERRA DE FITA BALDAN SFC-3")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>8.300,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123356", "157")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123356", " 1 serra ronemak para metais")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>6.300,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123336", "159")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123336", " 9 MOTORES ELÉTRICOS WEG DE 15 CV, 1100 RPM, 380 V")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123355", "161")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123355", " 2 pçs trocadores de calor alfa laval")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>6.300,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123339", "163")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123339", " 2 BATEDEIRAS INCO TIPO P18")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123320", "173")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123320", " MOTOBOMBA DARKA, C/ MOTOR DE 25 CV, 1750 RPM, 220/380/440/760 V")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123330", "174")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123330", " 2 TANQUES TRAPEZOIDAIS EM INOX, BASE: 1,2 X 1,2 M")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123329", "175")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123329", " GUILHOTINA FUNTIMOD P/ PAPEL")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123354", "176")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123354", " Furadeira de bancada")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123328", "177")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123328", " GUINCHO C/ REDUTOR E C/ MOTOR DE 4 CV, 1160 RPM")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123326", "180")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123326", " FILTRO MANGA C/ 8 MANGAS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123342", "181")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123342", " FURADEIRA DE COLUNA VARIA C/ MOTOR 2 ROTAÇÕES (RPM 840 A 3 CV/RPM 1680 A 5 CV)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123327", "182")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123327", " SECADORA, CAP. 15 KG, C/ MOTOR DE 1 CV")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123324", "183")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123324", " GUARITA EM FIBRA, DIM.: 1X1X2 M")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123338", "184")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123338", " 2 PRENSAS C/ MOTORES DE 4 E 7,5 CV")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123333", "186")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123333", " MISTURADOR")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123340", "187")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123340", " MISTURADOR")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123335", "188")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123335", " EXTRUSORA PARA PLÁSTICO PP/ PET. C/ ROSCA SOBRESSALENTE, CANHÃO E BASE")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123322", "189")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123322", " PRENSA C/ UNIDADE HIDRÁULICA")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123341", "192")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123341", " 1 MOTORREDUTOR DE 30 CV, REL.: 1:100")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123344", "194")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123344", " SERRA POLIKORTE, C/ MOTOR DE 5 CV")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123345", "195")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123345", " REDUTOR, PESO APROX. 2 T")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123346", "198")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123346", " Impressora HP design jep 8000s")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123353", "199")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123353", " Estufa para secagem tamanho 1.900 x 800 x 1.500")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123395", "201")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123395", " FURADEIRA YADOYA FY-A50")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>9.100,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123405", "205")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123405", " BOMBA DE INCÊNDIO USADA")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123412", "209")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123412", " FRESADORA SANCHES BLANE")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>6.400,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123403", "211")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123403", " EXAUSTOR C/ MOTOR WEG 40 CV")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>6.400,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123396", "212")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123396", " GUARITA")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123401", "213")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123401", " BETONEIRA; CAP. 600L; C/ MOTOR 2 CV")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123422", "215")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123422", " GANCHO TIPO MOITÃO; CAP. 80T")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123397", "217")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123397", " EXAUSTOR RDL-900; ANO: 2017")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123420", "218")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123420", " EXAUSTOR RDL-900; ANO: 2017")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123398", "219")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123398", " EXAUSTOR BERLINER LUFT GTD 560.3")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123428", "220")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123428", " EXAUSTOR TECNIUM EM FIBRA C/ MOTOR ABB 20 CV")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123419", "221")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123419", " TALHA ELÉTRICA; CAP. 6T")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>9.100,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123430", "222")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123430", " ESTUFA EM INOX; DIM.: 1,8X1,5X1,5 M")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123427", "223")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123427", " TANQUE MISTURADOR EM INOX., ENCAMISADO; CAP. 4000L")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123399", "224")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123399", " TANQUE MISTURADOR EM INOX., ENCAMISADO; CAP. 4000L")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123404", "225")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123404", " VARIADOR DE VELOCIDADE MAX CONTROL C/ MOTOR WEG 75 CV")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123415", "227")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123415", " APROX. 10T DE TUBOS DE AÇO CARBONO DIVERSOS (PREÇO P/ KG)")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>3,50</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123429", "228")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123429", " GUILHOTINA C/ MESA DE 2M")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123409", "229")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123409", " TANQUE COM BATEDOR E SERPENTINA; CAP. 1200L")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123425", "230")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123425", " MÁQUINA DE PÓ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123407", "231")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123407", " EIXO PARA ESTEIRA C/ MOTORREDUTOR SEW 20 CV")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123414", "232")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123414", " PAINEL COM COMPONENTES E C/ 3 INVERSORES WEG 30 CV")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123423", "233")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123423", " PULMÃO EM INOX RRS")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123426", "238")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123426", " LAVADORA INDUSTRIAL EM INOX C/ MOTOR WEG 7,5 CV 8 PÓLOS")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123402", "239")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123402", " LAVADORA INDUSTRIAL EM INOX C/ MOTOR WEG 7,5 CV 8 PÓLOS")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123421", "240")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123421", " LAVADORA INDUSTRIAL EM INOX C/ MOTOR WEG 7,5 CV 8 PÓLOS")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123406", "241")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123406", " MODELADORA")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...110 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123413", "242")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123413", " BATEDEIRA INDUSTRIAL PERFECTA CURITIBA; POT. 1,5 KW; CAP. 50 L")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123408", "243")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123408", " PRENSA HIDRÁULICA; CAP. 60 T; DIM. DA MESA: 1,6X1 M")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>14.900,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123416", "244")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123416", " PAINEL COM COMPONENTES E C/ 1 INVERSOR WEG 100 CV")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123411", "247")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123411", " 3 ESTUFAS DIVERSAS")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123400", "249")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123400", " REDUTOR AGMA; REL.: 1:194,6")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123424", "250")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123424", " REDUTOR WÜLFEL; REL.: 1:5")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123418", "251")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123418", " REDUTOR FALK; REL.: 1:38,8")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123410", "252")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123410", " REDUTOR TRANSMOTÉCNICA; REL.: 1:125")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123417", "253")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123417", " 2 MOTORES ELÉTRICOS WEG 60 CV 1100 RPM")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123300", "651")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123300", " BOMBA DE VÁCUO OMEL C/ MOTOR ELÉTRICO 10 CV")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123269", "654")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123269", " EXAUSTOR S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123301", "655")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123301", " 2 EXAUSTORES BERNAUER (APENAS 1 COM MOTOR)")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123292", "658")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123292", " EXAUSTOR MACDONALD C/ MOTOR ELÉTRICO 40 HP")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123280", "659")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123280", " ESTUFA EM INOX C/ BANDEJA E 2 PORTAS")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>10.400,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123289", "661")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123289", " 2 ESTUFAS TIPO MUFLA")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123297", "663")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123297", " TÚNEL DE ENCOLHIMENTO S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123277", "664")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123277", " VENTILADOR INDUSTRIAL SPARKER C/ MOTO ELÉTRICO 25 HP")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123290", "665")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123290", " MOINHO DE BOLAS S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123276", "666")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123276", " MOINHO DE BOLAS, CAP. 2000 KG")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123279", "673")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123279", " 2 COMPRESSOR DE AR WAYNE 240 PÉS, SEM MOTOR")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123294", "674")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123294", " EXAUSTOR C/ MOTOR")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...218 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123314", "676")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123314", " VENTILADOR INDUSTRIAL SPARKER C/ MOTO ELÉTRICO 25 HP")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123291", "677")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123291", " AFIADORA DE FERRAMENTAS PB")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123293", "679")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123293", " EXAUSTOR S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123313", "682")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123313", " 3 EXAUSTORES SEM MOTOR")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123308", "684")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123308", " EXAUSTOR C/ MOTOR ELÉTRICO 20 HP")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123299", "686")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123299", " COMPRESSOR TIPO ROOTS AERDEN GMB18, Q: 213M³/MIN., M: 230 KV")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123288", "687")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123288", " COMPRESSOR TIPO ROOTS AERDEN GMB18, Q: 213M³/MIN., M: 230 KV")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123307", "688")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123307", " EXTRUSORA DORST TIPO: V10SP, ANO: 1969")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123310", "693")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123310", " VENTILADOR GEESP MOD. 8, COM MOTOR ELÉTRICO 20 HP")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...698 lines deleted...]
-      <c r="E48" s="5" t="inlineStr">
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123304", "694")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123304", " 2 EXAUSTORES (APENAS 1 COM MOTOR)")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F48" s="4" t="inlineStr">
-[...3614 lines deleted...]
-      </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123316", "701")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123316", " VARREDEIRA INDUSTRIAL ELECTROLUX")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>