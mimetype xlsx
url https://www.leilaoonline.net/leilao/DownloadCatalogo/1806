--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1659 +269,1455 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123687", "021")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123687", "ROLO COMPACTADOR MULLER; VAP 55 - CP81")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124464", "034")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124464", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124465", "035")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124465", "FIAT/DOBLO JAEDI AMB; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124018", "036")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124018", "GM/S10 2.5 D 4X4; 1999/2000; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>24.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123716", "038")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123716", "veja o vídeo!! VW/SAVEIRO CD CROSS  MA; 2014/2015; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>28.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123822", "040")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123822", "CAMINHÃO MERCEDES BENZ 1113; 1978; AZUL; DIESEL; TURBINADO; HIDRÁULICO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123823", "041")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123823", "veja o vídeo!! CAMINHÃO FORD/CARGO 1317 E; 2006/2006; PRATA; DIESEL; MOTOR CUMMINS; TURBINADO; HIDRÁULICO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123824", "042")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123824", "CAMINHÃO FORD/CARGO 1415; 1987/1987; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123825", "043")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123825", "CAMINHÃO VW/VW 11.130; 1981/1981; BRANCA; DIESEL; HIDRÁULICO; POLI GUINDASTE - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123827", "044")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123827", "CAMINHÃO MERCEDES BENZ/L 1113; 1974/1974; LARANJA; DIESEL; TURBINADO; HIDRÁULICO; MOTOR 352A - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123826", "045")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123826", "CAMINHÃO MERCEDES BENZ 1113; 1969/1969; VERDE; DIESEL")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123828", "047")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123828", "GM/CHEVROLET A10; 1982/1982; BEGE; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123831", "048")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123831", "CAMINHÃO FORD/F4000; 1988/1988; PRATA; DIESEL; MOTOR MWM 229; HIDRÁULICA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123832", "050")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123832", "I/GM SILVERADO T; 1998/1998; VERMELHA; DIESEL; TURBINADA; HIDRÁULICO; 6 CILINDROS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>35.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123836", "051")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123836", "CAMINHÃO GM/CHEVROLET D 70; 1972/1972; AMARELA; DIESEL; BASCULANTE; MOTOR MERCEDES-BENZ 1113 - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123830", "052")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123830", "veja o vídeo!! VW/GOL CL 1.8; 1992/1993; PRATA; ALCOOL; TURBO LEGALIZADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123837", "053")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123837", "veja o vídeo!! CAMINHÃO MERCEDES BENZ/L 1113; 1980/1981; AZUL; DIESEL; COM MUNCK MARCA MONTACANA LT 15; TURBINADO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123833", "054")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123833", "CAMINHÃO MERCEDES BENZ 608; 1975/1975; LARANJA; DIESEL; CARROCERIA FECHADA/BAÚ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124024", "059")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124024", "FORD/F2000; 1980/1981; VERMELHA; DIESEL; MOTOR MWM 229 - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123660", "090")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123660", "CHEVROLET S10 ADV FD2; 2018/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - FROTA 202; CP 120 - R$ 123.605,00")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124023", "098")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124023", "CAMINHÃO GUINCHO VOLVO N10; 1986/1986; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123696", "099")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123696", "CAMINHÃO M.BENZ LP 321; CARA CHATA; 1962/1962; AZUL; DIESEL - FUNCIONANDO ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123695", "100")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123695", "CAMINHÃO FORD F12.000 160; 1999/2000; AZUL; DIESEL; CARROCERIA ABERTA - FUNCIONANDO - FROTA E06")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123685", "101")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123685", "CAMINHÃO FORD/CARGO 2628 E BETONEIRA; 2009/2010; BRANCA; DIESEL - FUNCIONANDO - FROTA C45")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>63.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123688", "102")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123688", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FROTA 539")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123690", "103")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123690", "M.BENZ 709; CAMINHÃO GUINCHO PLATAFORMA PARA 2 CARROS; 1995/1995; BRANCA; DIESEL - FUNCIONANDO - FROTA 590")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>69.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123683", "104")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123683", "VW/ÔNIBUS INDUSCAR APACHE; 2006/2006; BRANCO; DIESEL - FUNCIONANDO - FROTA 128")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123686", "105")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123686", "FORD CARGO 1722; 2006/2006; BRANCA; DIESEL - FUNCIONANDO - FROTA 982 - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123680", "106")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123680", "CAMINHÃO FORD CARGO 2622 E; 2010/2010; BRANCA; DIESEL - FUNCIONANDO - FROTA 761 - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>78.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123684", "107")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123684", "CAMINHÃO IVECO TRAKKER 720T42TN; 2009/2010; BRANCA; DIESEL; SEM CÂMBIO - FROTA G65")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123679", "108")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123679", "CITROEN JUMPER M33M 23S; 2011/2012; BRANCA; DIESEL - FROTA E84 - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123682", "109")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123682", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123681", "110")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123681", "BUGGY VW TERRAL 4; 1984/1985; AMARELO; GASOLINA - FUNCIONANDO - FROTA H36")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123692", "120")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123692", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123691", "121")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123691", "FIAT PALIO WK TREKK 1.6; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA F65")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123665", "129")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123665", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 838; CP 93")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123664", "130")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123664", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; FLEX - FIPE: R$ 64.256,00 - FUNC. - FROTA 358; CP 96")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123666", "131")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123666", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 766; CP 102")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123667", "132")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123667", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 799; CP 103")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>39.300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123668", "133")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123668", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 939; CP 105")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123669", "134")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123669", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 814; CP 106")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123670", "135")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123670", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 112; CP 107")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123671", "136")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123671", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 742; CP 108")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123672", "137")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123672", "FIAT PALIO WEEKEND ADVENTURE;  2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 813; CP 109")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123673", "138")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123673", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 744; CP 110")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...228 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123674", "139")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123674", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 588; CP 111")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123675", "140")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123675", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 364; CP 112")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123676", "141")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123676", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO; FROTA 742; CP 113")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123677", "142")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123677", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 113; CP 114")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...42 lines deleted...]
-      <c r="C26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123678", "143")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123678", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 709; CP 115")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D26" s="4" t="inlineStr">
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...1086 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123689", "150")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123689", "VW PARATI 16V TOUR; 2002/2002; BRANCA; GASOLINA - FUNCIONANDO - FROTA 280 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>