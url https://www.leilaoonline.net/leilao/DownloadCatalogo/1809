--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124020", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124020", " CAMINHÃO COMPACTADOR V.W. 17.280, 6x2, PLACA:  FGQ3545. NO ESTADO CHECK LIST NA SINTESE ANO/MOD:  2013 CHASSI:  953658249ER417528 RENAVAM:  995181101 OBS:  Veiculo parado desde 21.05.2019, está faltando varios componentes do motor, faltando cambio, diferencial, cardan, parte eletrica, acabamento in")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124021", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124021", " CAMINHÃO FORD 1722, 6X2,  CHECK LIST NA SINTESE, placa: NTS1515,  ANO/MOD:  2010 CHASSI:  9BPYCE7V8ABB60943 RENAVAM:  233879374 OBS:  Veiculo parou 14.09.2021 apresentando perca de potencia, faltando alguns componentes do motor, parte eletrica e hidraulico. Sem implemento, regularização por conta d")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124022", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124022", " SUCATA - VOLKSWAGEN KOMBI, ANO/MOD: 2011 / 2012,  PLACA: NYY0489, CHASSI: 9BWMF07X2CP005155. RENAVAM: 335197159.  NO ESTADO.  CERT. De BAIXA ANEXO NA SINTESE. OBS: SUCATA - SEM DOCUMENTOS. SOMENTE EMPRESAS DE DESMANCHE CADASTRADAS NO DETRAN PODEM DAR LANCES. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...77 lines deleted...]
-      </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124671", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124671", "CAMINHAO ROLL ON/OFF - MBB ATEGO 2425, 6X2, ,  PLACA:  FAO9254,   CHECK LIST NA SINTESE ANO/MOD:  2011 CHASSI:  9BM958094C837576 RENAVAM:  464747058 OBS:  Veiculo acidentado dia 28.07.2021, motivo da parada foi pelo fato de o mesmo ter tombado, MOTOR/ CAMBIO/ CARDAN E DIFERENCIAL NO LUGAR. Vendido n")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>176.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>