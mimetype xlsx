--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9098", "210")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9098", " HONDA; CITY LX FLEX; 2011/2012; CINZA;  ALCO./GASOLI.;  - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8908", "211")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8908", "PEUGEOT; 207 HB XR; 2009/2010; ALCO./GASOL.; PRETA;")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>11.150,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8909", "213")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8909", "HONDA, CIVIC LXS (AUT.), 2007/2007; ALCO/GASOL.; CINZA; BLINDADO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>22.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8925", "214")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8925", "JTA/ SUZUKI DR800S; GASOLINA; 2000/2000;")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8907", "215")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8907", "HONDA; FIT LXL; 2004/2004; CINZA;  GASOLINA;")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>12.100,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9140", "216")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9140", "I/MMC PAJERO GLS ANO/MOD 02/02, PRETA, GASOLINA, BLINDADA, IPVA 2017")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>14.450,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8906", "225")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8906", "I; MMC LANCER 2.0, 2011/2012, PRETA; GASOLINA, PL MXG 8787")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>27.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9072", "226")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9072", "VW, GOL CL, 1991/1991, GASOLINA, AZUL, TURBO LEGALIZADO; ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>11.400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8927", "227")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8927", "TROLLER/ T4 XLT 3.2; 2014/2015; AZUL; DIESEL; APROX; 23.000KM")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>86.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8904", "230")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8904", "FORD, ECOSPORT FSL 1.6 FLEX, 2011/2012, ALCO/GASOL, PRATA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8968", "233")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8968", "FORD ECOSPORT FSL AUTOMÁTICA 2.0, 2014/2015; ALCO./GASOLI.; BRANCA; APROX. 28.000KM - PLACA: FUO-7693")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8949", "235")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8949", "FIAT STRADA ADVENTURE CD 1.8 8V, ANO/MOD 2010/2010, ALCO./GASOLINA, PRETA - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>25.850,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8905", "242")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8905", " HONDA; CITY EX FLEX; 2010/2010; CINZA;  ALCO./GASOLI.;  - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8903", "243")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8903", "I/ VOLVO XC60 2.0 T5  R-DES, ANO/MOD. 2013/2014, COMB. GASOLINA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>86.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8926", "247")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8926", "HIUNDAY, HB20 1.6 PREMIUN, 2013/2014, ALCO./GASOL. VERMELHA - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8902", "248")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8902", "I; MMC LANCER GT 2.0, 2012/2012, CINZA; GASOLINA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>29.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9096", "250")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9096", "I/JAC J6 2.0 DIAMOND 7 LUGARES, ANO/MOD 11/12, COR PRATA, - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8910", "251")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8910", "I; CHRYSLER PT CRUISER LTD; 2007/2007; GASOLINA; ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9106", "252")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9106", "CITROEN, C3 GLX 1.4 FLEX; 2007/2008; PRETA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>11.100,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9107", "253")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9107", "JETSKI SEA DOO 1997 + CARRETA/REBOQUE ITAGRI, 2011/2011; BRANCA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9128", "254")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9128", "FIAT/ STRADA ADVENTURE CD, ANO/MOD 11/12, COR VERMELHA, FLEX")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>24.750,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9131", "255")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9131", "YAMAHA; FAZER YS250; 2008/2008; ROXA; GASOLINA;")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9137", "256")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9137", "YAMAHA NEO AT115, ANO 05/05, PRATA, GASOLINA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>