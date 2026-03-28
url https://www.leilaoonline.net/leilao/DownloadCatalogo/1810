--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1051 +269,923 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124847", "102")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124847", "veja o vídeo!! HONDA/WR-V LX CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - APROX. 6.343KM -IPVA 2022 PAGO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123869", "103")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123869", "veja o vídeo!! I/M. BENZ C200; 2015/2015; PRETA; GASOLINA  - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>98.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123870", "104")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123870", "veja o vídeo!! HONDA/HR-V EXL; 2016/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>61.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123868", "107")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123868", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>57.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123871", "108")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123871", "veja o vídeo!! VW/NIVUS HL TSI AD; 2021/2021; VERMELHA; ALCO./GASOL. - FUNC. - IPVA 2022 PAGO - FIPE: R$ 124.548,00")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>97.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124851", "109")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124851", "veja o vídeo!! HONDA/CITY EXL CVT; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>94</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>64.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123867", "112")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123867", "veja o vídeo!! I/MMC ECLIPSE CR HPESAWD; 2019/2020; VERMELHA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>79.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123866", "113")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123866", "veja o vídeo!! NISSAN/LIVINA 16SL; 2009/2010; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124700", "114")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124700", "FORD/KA SE 1.0 HA B; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123875", "115")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123875", "veja o vídeo!! HONDA/CIVIC LXR; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>58.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123876", "116")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123876", "I/MMC LANCER 2.0; 2013/2014; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124569", "119")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124569", "CHEV/PRISMA 1.0MT LT; 2014/2015; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>96</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>29.750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123872", "120")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123872", "veja o vídeo!! NISSAN/LIVINA 18S; 2013/2013; BRANCA; ALCO./GASOL.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123877", "121")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123877", "veja o vídeo!! FIAT/STRADA WK CC E; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>44.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123873", "122")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123873", "CHEV/ONIX PLUS JOY; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123874", "123")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123874", "veja o vídeo!! I/VW FOX 1.6 PLUS; 2009/2010; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124768", "124")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124768", "FIAT/PALIO FIRE WAY; 2015/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>24.550,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124765", "125")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124765", "GM/VECTRA SEDAN CD; 2003/2004; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123880", "126")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123880", "RENAULT/LOGAN EXPR 16 M; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123882", "127")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123882", "veja o vídeo!! VW/GOLF 2.0; 2002/2002; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123881", "128")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123881", "veja o vídeo!! AUDI/A3 1.8T; 2005/2005; PRETA; GASOLINA - FUNCIONANDO -  IPVA 2022 PAGO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124828", "129")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124828", "veja o vídeo!! VW/GOL GTI 2000; 1992/1992; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123883", "137")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123883", " veja o vídeo!! HONDA/FIT EX; 2008/2008; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123884", "140")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123884", "VW/GOL CL; 1989/1989; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123886", "142")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123886", "I/VW AMAROK CD 4X4 S; 2012/2013; BRANCA; DIESEL")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123888", "148")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123888", "VW/GOL; 1981/1981; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123887", "161")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123887", "VW/SANTANA CL; 1988/1988; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123889", "235")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123889", "VW/GOL CLI; 1995/1995; BRANCA; GASOLINA  - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123890", "302")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123890", "VW/SAVEIRO CL 1.6 MI; 1998/1999; VERDE; GASOLINA; DIREÇÃO HIDRÁULICA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123891", "305")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123891", "VW/FOX 1.0; 2008/2009; PRETA; ALCO./GASOL.; 4 PORTAS - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123894", "308")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/123894", "GM/CHEVY 500 SL; 1989/1989; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124523", "311")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124523", "veja o vídeo!! JTA/SUZUKI GSXR1000; 2009/2009; BRANCA; GASOLINA; COM ACESSÓRIOS")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>