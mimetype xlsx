--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1019 +269,895 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124538", "021")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124538", "ROLO COMPACTADOR MULLER; VAP 55 - CP81")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124541", "035")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124541", "FIAT/DOBLO JAEDI AMB; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124539", "036")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124539", "GM/S10 2.5 D 4X4; 1999/2000; BRANCA; DIESEL - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>29.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124810", "038")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124810", "veja o vídeo!! VW/SAVEIRO CD CROSS  MA; 2014/2015; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>43.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124542", "090")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124542", "CHEVROLET S10 ADV FD2; 2018/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - FROTA 202; CP 120 - R$ 123.605,00")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>61.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124552", "098")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124552", "CAMINHÃO GUINCHO VOLVO N10; 1986/1986; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124551", "099")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124551", "CAMINHÃO M.BENZ LP 321; CARA CHATA; 1962/1962; AZUL; DIESEL - FUNCIONANDO ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124550", "100")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124550", "CAMINHÃO FORD F12.000 160; 1999/2000; AZUL; DIESEL; CARROCERIA ABERTA - FUNCIONANDO - FROTA E06")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124546", "101")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124546", "CAMINHÃO FORD/CARGO 2628 E BETONEIRA; 2009/2010; BRANCA; DIESEL - FUNCIONANDO - FROTA C45")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>162</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>125.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124548", "102")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124548", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FROTA 539")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124544", "104")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124544", "VW/ÔNIBUS INDUSCAR APACHE; 2006/2006; BRANCO; DIESEL - FUNCIONANDO - FROTA 128")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124547", "105")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124547", "FORD CARGO 1722; 2006/2006; BRANCA; DIESEL - FUNCIONANDO - FROTA 982 - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124543", "106")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124543", "CAMINHÃO FORD CARGO 2622 E; 2010/2010; BRANCA; DIESEL - FUNCIONANDO - FROTA 761 - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>104</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>91.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124545", "107")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124545", "CAMINHÃO IVECO TRAKKER 720T42TN; 2009/2010; BRANCA; DIESEL; SEM CÂMBIO - FROTA G65")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124559", "108")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124559", "CITROEN JUMPER M33M 23S; 2011/2012; BRANCA; DIESEL - FROTA E84 - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124561", "109")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124561", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124560", "110")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124560", "BUGGY VW TERRAL 4; 1984/1985; AMARELO; GASOLINA - FUNCIONANDO - FROTA H36")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>16.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...47 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124563", "120")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124563", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124562", "121")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124562", "FIAT PALIO WK TREKK 1.6; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA F65")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124809", "128")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124809", "FORD/KA SE 1.0 HA C; 2020/2020; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124553", "131")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124553", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 766; CP 102")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124554", "132")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124554", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 799; CP 103")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124555", "133")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124555", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 939; CP 105")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124556", "134")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124556", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 814; CP 106")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124557", "136")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124557", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 742; CP 108")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...122 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124558", "138")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124558", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 744; CP 110")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124564", "139")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124564", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 588; CP 111")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124565", "140")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124565", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 364; CP 112")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...122 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124566", "141")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124566", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO; FROTA 742; CP 113")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124567", "142")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124567", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 113; CP 114")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...414 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124568", "150")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124568", "VW PARATI 16V TOUR; 2002/2002; BRANCA; GASOLINA - FUNCIONANDO - FROTA 280 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>