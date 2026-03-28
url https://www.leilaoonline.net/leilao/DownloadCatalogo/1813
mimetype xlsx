--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124495", "009")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124495", " CAMINHONETE GUINCHO PLATAFORMA IVECO DAILY 35S14HDCS ANO 2014/2014, BRANCA, DIESEL, FUNCIONANDO, IPVA 2022 E LICENCIAMENTO PAGO, FROTA 877.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>198</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>110.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124491", "012")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124491", " VW 13.130, CAMINHÃO COMBOIO, 1985/1985, AMARELA, DIESEL, FROTA A71. IPVA 2022 E LICENCIAMENTO PAGO.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>19.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124500", "013")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124500", " CAMINHÃO FORD F 11.000, COM MUCK CAP 3,5 TON, ANO 1985/1985, COR VERDE, DIESEL, FUNCIONANDO, OBS DOC CONSTA CARROCEIRA ABERTA, MUDANÇA P/ MEC OPERACIONAL POR CONTA DO COMPRADOR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>30.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124499", "014")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124499", " FORD CARGO 1622, 1999/1999, BRANCA, DIESEL, CONSTA NO DOC MEC. OPERACIONAL, NÃO FUNCIONA, SEM CÂMBIO E SEM DIFERENCIAL, FROTA J04.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124494", "015")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124494", " CAMINHÃO M.BENZ L 1620, 2009/2009, BRANCA, DIESEL, FUNCIONANDO, FROTA H99.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>118.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124492", "019")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124492", " GMC 14.190, 1999/2000, VERMELHA, DIESEL, FROTA I62. OBS FUNCIONANDO, EQUIPADO COM GUINDAUTO MASAL CAP. APROX. 7 TON, IPVA 2022 E LICENCIAMENTO PAGO.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>112.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124497", "040")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124497", " NISSAN FRONTIER XE 4X2, CABINE DUPLA, 2012/2013, PRETA, DIESEL, MOTOR DESMONTADO, FALTA PEÇAS, NÃO FUNCIONA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124502", "045")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124502", " I CHRYSLER GCARAVAN SE, 2005/2005, PRATA, GASOLINA, FROTA 955, FUNCIONANDO. IPVA 2022 E LICENCIAMENTO PAGO.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124503", "117")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124503", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 368, FUNCIONANDO, CP 117.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124496", "118")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124496", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 672, FUNCIONANDO, CP 118.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124507", "166")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124507", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 358, FUNCIONANDO, CP 166.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124498", "170")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124498", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 678, FUNCIONANDO, CP 170.")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124506", "174")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124506", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 458, FUNCIONANDO, CP 174.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124508", "185")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124508", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 939, FUNCIONANDO, CP 185.")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124501", "188")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124501", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 770, FUNCIONANDO, CP 188.")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124493", "191")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124493", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 173, FUNCIONANDO, CP 191.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124505", "197")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124505", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 843, FUNCIONANDO, CP 197.")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124509", "199")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124509", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 744, FUNCIONANDO, CP 199.")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124511", "200")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124511", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 861, FUNCIONANDO, CP 200.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124510", "202")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124510", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 306, FUNCIONANDO, CP 202.")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124504", "252")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124504", " VW FUSCA 1300, ANO 1985/1985, COR CINZA, COMBUS. ALCOOL, FUNCIONANDO, FROTA 636. OBS. CHASSI REM. CP 252")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>