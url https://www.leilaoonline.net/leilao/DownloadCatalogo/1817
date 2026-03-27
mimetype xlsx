--- v0 (2025-12-24)
+++ v1 (2026-03-27)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124341", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124341", " Vassoura Mecânica  (Varredeira Automática)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>350.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124336", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124336", " Motor Yanmar modelo B10")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124338", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124338", " Carroça ou "carroção" com suspensão de 3 molas e sistema de freio")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124337", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124337", " Motor de popa Suzuki 40 HP")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124335", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124335", " carroceria original para caminhonete  chevrolet  GM s10 cs até ano 2000")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124340", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124340", " Bicicleta elétrica marca Track Bike, modelo tkx 900")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124339", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124339", " Par de rodas militares  com pneus medida 15.5 / 80 R 20. Pneus geralmente usados nos caminhões do exército")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124342", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124342", " Peça lateral de diferencial (corneta diferencial) de Valmet 88")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124343", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124343", "  Unidade hidráulica de trator de esteira")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124344", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124344", "  4 ventiladores industriais de granja de aves.  1 metro de diâmetro,  pás de plástico ressecado, sem motor")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124345", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124345", " Lote de peças para atomizador Jacto e Natáli composto por 3 extensores volute da turbina 2 com serpentinas de bicos")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124347", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124347", " Climatizador de cabine de Tratore Agrícola. Pouco uso")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124346", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124346", " Par de rodas de trator agrícola medida 18.4.30. Ressecados, utilização apenas para ornamento.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124357", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124357", "Par de rodas com pneus 10.5/80-18 meia vida retirados de Colheitadeira John Deere")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...318 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124757", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124757", "Motor parcial VW de 2.3 cilindradas aeronautizado. Possui 2 velas por cilindros")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>