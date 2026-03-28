--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1339 +269,1175 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125129", "240")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125129", "Plataforma Trab.Aereo Up Right Ulii-32. FCBM:  124250-4 - LOC. SÃO CARLOS/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>117</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>12.400,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124844", "241")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124844", " 20 POLTRONAS GIRATORIAS BRAÇO FIXO, GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124515", "400")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124515", "ARQUIVO DESLIZANTE OFC, COMPOSTO DE MÓDULOS CONSTITUÍDOS DE CHAPA DE AÇO, LOC: SÃO PAULO/ SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124839", "482")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124839", " CAMINHONETE REFRI. RENAULT L2H1, ANO 2013/2014,  FCBM: 265447-4 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124845", "483")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124845", " RENAULT LOGAN; 1.6 EXPRESSION., ANO 2011/2012,  FCBM: 238713-1. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>19.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124837", "484")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124837", " CHEVROLET COBALT LTZ; 1.8; ANO 2014/ 2015. FCBM: 273034-1. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>38.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124835", "485")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124835", " RENAULT LOGAN; 1.6 DYN, ANO 2015/2015. FCBM: 285969-6. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>31.050,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124842", "486")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124842", "APARELHO PARA EXERCICIOS; LEG PRESS FIXO RIGHETO PR1078. FCBM:2758091. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.290,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124831", "487")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124831", " APARELHO PARA EXERCICIOS ROTATÓRIOS LIFE GBJ. FCBM: 178960-1 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.710,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124846", "488")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124846", "APARELHO PARA EXERCICIOS EXTENSORES RIGHETO. FCBM: 275808-3 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.410,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124838", "489")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124838", " 22 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>3.210,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124830", "490")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124830", " 22 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3.210,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124834", "491")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124834", " 22 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.860,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124840", "492")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124840", " 22 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.860,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124841", "493")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124841", " 22 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.860,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124836", "13452")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124836", " 22 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>3.410,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124843", "13453")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124843", " 22 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.410,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124825", "13454")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124825", " 20 POLTRONA GIRATORIA GIROFLEX C/BRAÇO FIXO ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124826", "13455")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124826", "18 POLTRONA GIRATORIA MOBILIARE ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.540,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124817", "13456")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124817", " 18 POLTRONA GIRATORIA MOBILIARE ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.340,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124812", "13465")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124812", " 20 SECADOR PARA MÃOS A JATO ECO DRYER ECO2201B")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124827", "13466")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124827", "20 SECADOR PARA MÃOS A JATO ECO DRYER ECO2201B")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124816", "13467")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124816", " 20 SECADOR PARA MÃOS A JATO ECO DRYER ECO2201B")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124815", "13468")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124815", " 20 SECADOR PARA MÃOS A JATO ECO DRYER ECO2201B")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124820", "13469")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124820", " 20 SECADOR PARA MÃOS A JATO ECO DRYER ECO2201B")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124823", "13470")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124823", " 20 SECADOR PARA MÃOS A JATO ECO DRYER ECO2201B")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124811", "13471")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124811", "20 SECADOR PARA MÃOS A JATO ECO DRYER ECO2201B")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124821", "13472")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124821", "20 SECADOR PARA MÃOS A JATO ECO DRYER ECO2201B")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124813", "13473")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124813", "20 SECADOR PARA MÃOS A JATO ECO DRYER ECO2201B")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124819", "13474")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124819", " 10 SECADOR PARA MÃOS A JATO ECO DRYER ECO2201B")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124814", "13475")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124814", " 20 SECADOR PARA MÃOS A JATO ECO DRYER ECO2201B")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124824", "13476")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124824", "10 SECADOR PARA MÃOS A JATO ECO DRYER ECO2201B")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124822", "13477")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124822", "20 SECADOR PARA MÃOS A JATO ECO DRYER ECO2201B")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124832", "13478")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124832", " 10 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124833", "13479")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124833", " 20 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124829", "13480")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124829", " 20 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124516", "20551")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124516", " 30 POLTRONAS/CADERIAS GIROFLEX. - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124518", "20552")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124518", " 24 POLTRONAS/CADERIAS GIROFLEX. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>3.220,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124520", "20553")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124520", " 22 POLTRONAS/CADERIAS GIROFLEX. - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.860,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124517", "20554")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124517", " 20 POLTRONAS/CADERIAS GIROFLEX. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124519", "20555")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124519", " 20 POLTRONAS/CADERIAS GIROFLEX. - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>