--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124724", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124724", " VOLKSWAGEN 17.250E WORKER PREF 211098 PLACA:  EZD5942 ANO/MOD:  2011 . 2012 RENAVAM:  589673890, CHASSI:  9533N82T2CR215332 N.MOTOR:  36345547 OBS:  TOCO Automático EQUIP:  PORTAL - CHL 15m³ . NO ESTADO. SINTESE ANEXO.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124725", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124725", " VOLKSWAGEN 10.160 DELIVERY EURO V PREF 213132 PLACA:  FLG2153  ANO/MOD:  2013 . 2013 RENAVAM:  992306965, CHASSI:  9531M62P0DR357195 N.MOTOR:  89094141 OBS:  TOCO Mecânica  Veic. SEM EQUIPAMENTO. NO ESTADO.  SINTESE ANEXO.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>83.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124726", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124726", " VOLKSWAGEN 10.160 DELIVERY EURO V PREF 213133 PLACA:  FLG2152  ANO/MOD:  2013 . 2013 RENAVAM:  596617380, CHASSI:  9531M62P5DR357504 N.MOTOR:  89095289 OBS:  TOCO Mecânica  Veic. SEM EQUIPAMENTO. NO ESTADO.  SINTESE ANEXO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>86.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124727", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124727", " VOLKSWAGEN 10.160 DELIVERY EURO V PREF 213134 PLACA:  FAX5B34 ANO/MOD:  2013 . 2013 RENAVAM:  596617828, CHASSI:  9531M62P5DR357509 N.MOTOR:  89094150 OBS:  TOCO Mecânica  Veic. SEM EQUIPAMENTO. NO ESTADO.  SINTESE ANEXO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>91.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124728", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124728", " VOLKSWAGEN 10.160 DELIVERY EURO V PREF 213136 PLACA:  FLG2B56 ANO/MOD:  2013 . 2013 RENAVAM:  596618360, CHASSI:  9531M62P5DR357769 N.MOTOR:  89096169 OBS:  TOCO Mecânica  Veic. SEM EQUIPAMENTO. NO ESTADO. SINTESE ANEXO.  ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124729", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124729", " VOLKSWAGEN 17.280 CONSTELLATION PREF 214095 PLACA:  FCR6354 ANO/MOD:  2014 . 2015 RENAVAM:  1026422172, CHASSI:  953658249FR501964 N.MOTOR:  2093929B103929 OBS:  TRUCADO Automático  Veic. SEM EQUIPAMENTO. NO ESTADO. SINTESE ANEXO.  ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124730", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124730", " VOLKSWAGEN 17.280 CONSTELLATION PREF 214097 PLACA:  FFJ2444 ANO/MOD:  2014 . 2015 RENAVAM:  1026678835, CHASSI:  953658248FR500949 N.MOTOR:  2093918A563911 OBS:  TRUCADO Automático  Veic. SEM EQUIPAMENTO. NO ESTADO.  SINTESE ANEXO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124731", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124731", " VOLKSWAGEN 17.280 CONSTELLATION PREF 215033 PLACA:  GJU2F39 ANO/MOD:  2015 . 2016 RENAVAM:  1083108627, CHASSI:  953658248GR604990 N.MOTOR:  2094321A244320 OBS:  TRUCADO Automático  Veic. SEM EQUIPAMENTO. NO ESTADO.  SINTESE ANEXO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124732", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124732", " VOLKSWAGEN 17.280 CONSTELLATION PREF 215038 PLACA:  GCV8F42 ANO/MOD:  2015 . 2016 RENAVAM:  1083107442, CHASSI:  953658249GR605002 N.MOTOR:  2094321A254320 OBS:  TRUCADO Automático  Veic. SEM EQUIPAMENTO. NO ESTADO.  SINTESE ANEXO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>92.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124733", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124733", " VOLKSWAGEN 17.280 CONSTELLATION PREF 215053 PLACA:  GCI5D22 ANO/MOD:  2015 . 2016 RENAVAM:  1084852753, CHASSI:  953658246GR605278 N.MOTOR:  2094325A094320 OBS:  TRUCADO Automático  Veic. SEM EQUIPAMENTO. NO ESTADO. SINTESE ANEXO.  ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>107.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124734", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124734", " VOLKSWAGEN 17.280 CONSTELLATION PREF 215056 PLACA:  GDH4E82 ANO/MOD:  2015 . 2016 RENAVAM:  1083107612, CHASSI:  953658249GR604707 N.MOTOR:  2094314A084311 OBS:  TRUCADO Automático  Veic. SEM EQUIPAMENTO. NO ESTADO.  SINTESE ANEXO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124735", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124735", " VOLKSWAGEN 17.280 CONSTELLATION PREF 215062 PLACA:  FPZ6J31 ANO/MOD:  2015 . 2016 RENAVAM:  1080326313, CHASSI:  953658244GR605764 N.MOTOR:  2094336A194328 OBS:  TRUCADO Automático  Veic. SEM EQUIPAMENTO. NO ESTADO.  SINTESE ANEXO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124736", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124736", " VOLKSWAGEN 17.280 CONSTELLATION PREF 215070 PLACA:  GGF4H79 ANO/MOD:  2015 . 2016 RENAVAM:  1081353888, CHASSI:  953658246GR605958 N.MOTOR:  2094338A064337 OBS:  TRUCADO Automático  Veic. SEM EQUIPAMENTO. NO ESTADO.  SINTESE ANEXO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...48 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124737", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124737", " VOLKSWAGEN 17.280 CONSTELLATION PREF 215078 PLACA:  GFE7F65 ANO/MOD:  2015 . 2016 RENAVAM:  1083107060, CHASSI:  953658244GR605117 N.MOTOR:  2094324A154320 OBS:  TRUCADO Automático  Veic. SEM EQUIPAMENTO. NO ESTADO.  SINTESE ANEXO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>91.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124738", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124738", " VOLKSWAGEN 17.280 CONSTELLATION PREF 215081 PLACA:  FCK7A72 ANO/MOD:  2015 . 2016 RENAVAM:  1080294748, CHASSI:  953658242GR605696 N.MOTOR:  2094337A354337 OBS:  TRUCADO Automático  Veic. SEM EQUIPAMENTO. NO ESTADO.  SINTESE ANEXO. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125501", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125501", "VOLKSWAGEN 17.280 CONSTELLATION PREF 215026 PLACA:  FHO1G06 ANO/MOD:  2015 / 2016   RENAVAM:  1080294250 CHASSI:  953658243GR605786,  OBS:  TRUCADO Automático,  Veic. SEM EQUIPAMENTO. NO ESTADO.  SINTESE ANEXO.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...53 lines deleted...]
-      <c r="C19" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125593", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125593", "VOLKSWAGEN 17.280 CONSTELLATION PREF 215031 PLACA:  GCU3E28 ANO/MOD:  2015 / 2016   RENAVAM:  1083108856. CHASSI:  953658248GR604780   OBS:  TRUCADO Automático  Veic. SEM EQUIPAMENTO. NO ESTADO. SINTESE ANEXO. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D19" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A20" s="5" t="inlineStr">
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="B20" s="4" t="inlineStr">
-[...237 lines deleted...]
-      </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>99.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125622", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125622", "FILTRO PRENSA 1000 / 50 PLACAS / SAÍDA FILTRADO ABERTA,  TENSÃO DE COM.: 24Vdc, NO ESTADO.  MOD.: TTI FP1 50, FABRICANTE: TECITEC , CAPAC.: 1150 LITROS, 2019, N. SÉRIE: 14275, 380VAC,  NO ESTADO.    ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>