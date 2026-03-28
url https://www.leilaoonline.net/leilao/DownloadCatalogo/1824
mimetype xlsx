--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1243 +269,1091 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124773", "104")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124773", "veja o vídeo!! I/MMC OUTLANDER 2.2 D; 2015/2016; BRANCA; DIESEL - FUNCIONANDO - FIPE: R$ 150.724,00")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>124.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124770", "105")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124770", "veja o vídeo!! CAMINHÃO MERCEDES BENZ/LS 1634; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124771", "106")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124771", "veja o vídeo!! HONDA/FIT EX CVT; 2020/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO - APROX. 9.800KM - FIPE: R$ 93.693,00")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>69.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124769", "107")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124769", "veja o vídeo!! MERCEDES BENZ/C180 FF; 2016/2016; PRETA; ALC./GASOL. - FUNCIONANDO - FIPE: R$ 126.733,00")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>73.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124775", "110")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124775", "veja o vídeo!! I/LR RANGE ROVER SPORT TDV6, 4x4; 2007/2008; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124783", "111")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124783", "veja o vídeo!! TOYOTA/YARIS HB XLPLUSAT; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124772", "112")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124772", "veja o vídeo!! GM/CHEVROLET A20 CUSTOM; 1989/1990; BRANCA; DIESEL (MOD. COMBUSTIVEL) - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124774", "113")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124774", "veja o vídeo!! HONDA/CIVIC LXS; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124778", "114")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124778", "HONDA/CITY PERSONAL; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>52.150,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124777", "115")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124777", "veja o vídeo!! HONDA/CITY DX FLEX; 2011/2011; DOURADA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124776", "116")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124776", "veja o vídeo!! I/HYUNDAI SANTAFE GLS V6; 2009/2010; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>17.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125126", "117")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125126", "veja o vídeo!! FIAT/SIENA ATTRACTIV 1.4; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124781", "118")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124781", "veja o vídeo!! I/M. BENZ B 180; 2010/2011; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125394", "119")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125394", "veja o vídeo!! HONDA/WR-V EXL CVT; 2021/2021; AZUL; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>44.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124786", "120")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124786", "veja o vídeo!! TOYOTA/ETIOS SD X; 2014/2015; VERMELHO; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124785", "121")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124785", "I/HYUNDAI I30 2.0; 2011/2012; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124784", "122")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124784", "I/KIA SOUL EX 1.6 FF AT; 2011/2012; MARROM; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>31.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124782", "123")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124782", "veja o vídeo!! HONDA/CITY EXL CVT; 2015/2015; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>35.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124791", "124")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124791", "I/HYUNDAI VERACRUZ 3.8V6; 2007/2008; PRETA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124788", "125")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124788", "I/AUDI A3 SPB 2.0T FSI; 2006/2007; PRATA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124792", "126")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124792", "veja o vídeo!! I/FIAT SIENA EL 1.4 FLEX; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124789", "127")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124789", "veja o vídeo!! RENAULT/LOGAN EX 1616V A; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124790", "129")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124790", "veja o vídeo!! I/CITROEN C4 PIC GLXA 5L; 2010/2011; PRATA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125132", "130")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125132", "VW/VOYAGE; 1985/1985; BEGE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124787", "131")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124787", "VW/FUSCA 1300; 1970/1970; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125393", "132")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125393", "veja o vídeo!! GM/S10 2.5D 4X4; 1998/1998; BRANCA; DIESEL")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124793", "133")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124793", "GM/MONTANA CONQUEST; 2008/2008; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124795", "134")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124795", "CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124802", "136")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124802", "veja o vídeo!! FORD/FIESTA HA 1.5L S; 2014/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124794", "137")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124794", " veja o vídeo!! HONDA/FIT EX; 2008/2008; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125127", "139")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125127", "GM/CORSA SEDAN MAXX; 2005/2006; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124799", "141")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124799", "CITROEN/PICASSO II16GLXF; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124800", "142")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124800", "GM/MONZA SL/E 2.0; 1989/1990; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124796", "145")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124796", "veja o vídeo!! GM/MONZA 650; 1993/1993; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124797", "160")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124797", "veja o vídeo!! I/NISSAN TIIDA 18SL FLEX; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>19.750,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124805", "225")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124805", "veja o vídeo!! VW/GOL CL STAR; 1989/1989; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125419", "248")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125419", "veja o vídeo!! VW/BRASILIA; 1977/1977; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>7.400,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124807", "257")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/124807", "veja o vídeo!! VW/GOL CL; 1988/1988; AZUL; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>