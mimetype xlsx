--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125421", "504")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125421", " GUNDASTE COMPLETO SOBRE RODAS 2R TONELADAS, ANO 2008/2009, SANY QY25C; FR: 269 - LOC. FORTALEZA/CE")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>270.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125425", "518")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125425", " LINHA DE EIXO BISELLI, ANO 1997; FR 234 - LOC. FORTALEZA/CE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125420", "730")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125420", " SEMI REBOQUE PRANCHA,LENCÓIS, 41 T, 5 EIXOS, ANO 2014, FR: 690 - LOC. FORTALEZA/CE")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>168.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125426", "744")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125426", " GUINDASTE RODOVIARIO, XCMG, 60T, ANO 2008. FR: 261 - LOC. FORTALEZA/CE")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125424", "755")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125424", " SEMI REBOQUE PRANCHA, LENCÓIS, 41 T,  5 EIXOS, ANO 2014. FR: 693 - LOC. FORTALEZA/CE")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>168.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125428", "774")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125428", " SEMI REBOQUE PRANCHA, FACHINNI, 45 T,  4 EIXOS, ANO 2009. FR: 700 - LOC. FORTALEZA/CE")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125423", "781")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125423", " SEMI REBOQUE PRANCHA, FACHINNI, 45 T,  4 EIXOS, ANO 2009. FR: 702 - LOC. FORTALEZA/CE")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125427", "782")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125427", " SEMI REBOQUE PRANCHA, FACHINNI, 45 T,  4 EIXOS, ANO 2009. FR: 697 - LOC. FORTALEZA/CE")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125422", "813")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125422", " REBOQUE, LECÓIS, 4 EIXOS, 60T, ANO: 2011. FR: 402. - LOC. FORTALEZA/CE")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>