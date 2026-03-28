--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,8059 +269,7055 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126074", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126074", " SERRA HORIZONTAL FRANHO; TIPO: S900; ANO: 1988; C/ MOTOR ELÉTRICO 3 CV")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126077", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126077", " ALIMENTADOR DE INJETORA PLAST-EQUIP.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126075", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126075", " PLAINA ZOCCA")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126070", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126070", " SOLDADORA DE PLÁSTICO 220 VCA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126072", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126072", " VÁLVULA 177 KGF/CM²; 400 ºC")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126073", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126073", " TORNO NARDINI TR40")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126076", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126076", " 2 RETIFICADOR DE SOLDA ARC 456")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126071", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126071", " ELETROEROSÃO POR PENETRAÇÃO ENGESPARK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126078", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126078", " DOBRADEIRA; COMP.: 2,5 M")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126080", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126080", " GERADOR C/ MOTOR MERCEDES-BENZ; POT. 350 KVA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126079", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126079", " LIXADEIRA DE CINTA ILV; COM MOTOR ELÉTRICO 2 CV")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126081", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126081", " SERRA DE FITA (SEM USO)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126082", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126082", " MOTOBOMBA KSB; TIPO: 125-40; ANO: 1979; VAZÃO: 250-375 M³/H; 1750 RPM; COM MOTOR ARNO 100 CV")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126085", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126085", " ELETROEROSÃO POR PENETRAÇÃO EP; COM UNIDADE HIDRÁULICA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126084", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126084", " REDUTOR DE VELOCIDADE (SEM USO)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126304", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126304", "Aprox. 200 caixas de disco de desbaste (10 un./ caixa)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126086", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126086", " SERRA HORIZONTAL COM MOTOR WEG 3 KW")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126093", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126093", " ESMERIL/POLITRIZ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126089", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126089", " ESMERIL/POLITRIZ COM MOTOR WEG 2 CV")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126092", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126092", " PRENSA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126087", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126087", " MÁQUINA DE SOLDA DIELÉTRICA ARATEC")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126088", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126088", " TANQUE CILINDRICO HORIZONTAL EM INOX; CAP. APROX.: 2500 L")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126091", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126091", " 4 BATERIAS P/ EMPILHADEIRA FULGURIS; TIPO: TSF 100-3/12; ANO: 2011")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126090", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126090", " DOBRADEIRA MANUAL")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126101", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126101", " COMPRESSOR DE AR DRESSER; TIPO: W2246C; SEM MOTOR")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126104", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126104", " ASPIRADOR DE PÓ INDUSTRIAL")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126105", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126105", " SERRA HORIZONTAL FRANHO; TIPO: F320")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126103", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126103", " TORNO REVÓLVER LOMBARDI")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126102", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126102", " COMPRESSOR DE AR DOUAT P.M. 10,5 ATM C/ MOTOR 5 CV")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126094", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126094", " GELADEIRA C/ 6 PORTAS EM INOX FRILUX")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126109", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126109", " APROX. 600 REATORES INTRAL; MODELO POUP 2x16 W; 220 V E APROX. 30 LÂMPADAS CERA 35 W")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126097", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126097", " POLITRIZ S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126096", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126096", " APROX. 96 LÂMPADAS JNG LED (QUENTE) 5 W")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126106", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126106", " 1 ROLAMENTO NU 228 C3; 1 ROLAMENTO NU 1048 MC3; 1 ROLAMENTO 7324 40M; 1 ROLAMENTO S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126108", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126108", " 4 CAIXAS DE CHAVES COMBINADAS MAYLE DE 23 MM; 5 CAIXAS DE CHAVES COMBINADAS MAYLE DE 28 MM")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126100", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126100", " BIGORNA DE 50 KG")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126095", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126095", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126107", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126107", " ALISADORA DE CONCRETO C/ GERADOR BRANCO B4T-7,0H; POT. 7 CV")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126098", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126098", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126099", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126099", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126115", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126115", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126112", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126112", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126116", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126116", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126110", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126110", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126113", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126113", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126114", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126114", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126111", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126111", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127529", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127529", " CAIXA DE REDUÇÃO TV 151")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127530", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127530", " MÁQUINA DE SOLDA ESAB ARC 456")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127531", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127531", " MÁQUINA DE SOLDA WHITE MARTINS SOLDARC R-250")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127535", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127535", " MÁQUINA DE SOLDA ESAB ARC 456")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127533", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127533", " 1 MÁQUINA DE SOLDA ESAB ARC 456 E 1 MÁQUINA DE SOLDA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127532", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127532", " MÁQUINA DE SOLDA ESAB LTG 410")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127534", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127534", " MÁQUINA DE SOLDA ESAB ARC 456")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127536", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127536", " MÁQUINA DE SOLDA ESAB LTG 410")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127538", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127538", " MÁQUINA DE SOLDA ESAB ARC 456")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127537", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127537", " MÁQUINA DE SOLDA CASTOLIN EUTECTIC GSX 4500")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127539", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127539", " MÁQUINA DE SOLDA ESAB ARC 456")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125871", "069")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125871", " Envasadora em inox")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125872", "070")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125872", " Unidade hidráulica")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125873", "078")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125873", " Misturador em inox")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125874", "081")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125874", "ELEVADOR DE CARGA. Capacidade Aprox. 1.500 kilos. Levanta aprox. 4 metros")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125875", "082")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125875", "Aquecedor de comida em Inox")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125877", "089")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125877", " Câmbio automático da volvo FH12  ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125876", "090")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125876", " Câmbio automático da volvo FH12  ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125878", "091")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125878", " Câmbio automático da volvo FH12  ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125879", "092")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125879", " Compressor  parafuso  100 CV")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>17500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125881", "093")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125881", " Filtro para piscina")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>1200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125889", "094")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125889", " Aprox. 200 reatores (sem uso) ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>3200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125894", "095")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125894", " Aprox. 5.000 un. de tubos quat philips para esterilização de água")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>43000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125895", "096")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125895", " 10 un. de ventoinha/exaustor siroco")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>4200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125886", "097")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125886", " 10 un. de ventoinha/exaustor siroco")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>4200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125891", "098")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125891", " 10 un. de ventoinha/exaustor siroco")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>4200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125885", "099")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125885", " Aprox. 25 un. chuveiros ecológicos para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>7000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125882", "100")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125882", " Aprox. 25 un. chuveiros ecológicos para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>7000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125884", "101")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125884", " Aprox. 25 un. chuveiros ecológicos para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>7000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125890", "102")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125890", " Aprox. 25 un. chuveiros ecológicos para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>7000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125893", "103")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125893", " Aprox. 50 un. chuveiros ecológicos para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>15000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125883", "104")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125883", " Aprox. 50 un. chuveiros ecológicos para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>15000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125887", "105")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125887", " Aprox. 20 un. de torneiras ecológicas para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>4750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125888", "106")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125888", " Aprox. 20 un. de torneiras ecológicas para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>4750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125892", "107")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125892", " Aprox. 20 un. de torneiras ecológicas para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>4750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125880", "108")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125880", " Aprox. 20 un. de torneiras ecológicas para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>4750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125896", "112")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125896", "Climatizador evaporativo - Colméia  ( de janela) ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125905", "113")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125905", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125899", "114")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125899", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125897", "115")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125897", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125908", "116")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125908", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125909", "117")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125909", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125903", "118")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125903", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125902", "119")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125902", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125898", "120")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125898", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125906", "121")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125906", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125907", "122")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125907", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125904", "123")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125904", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125910", "124")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125910", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125901", "125")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125901", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125900", "126")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125900", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125911", "127")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125911", "aprox. 1.800 kg de Gabinetes em polietileno PE cor cinza")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>2,90</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125912", "129")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125912", "Motor de barco (no estado)")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125941", "129")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125941", " 50 unidades fechaduras para porta de aço ( sem uso) com chave")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125938", "130")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125938", " 50 unidades fechaduras para porta de aço ( sem uso) com chave")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125943", "131")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125943", " 50 unidades fechaduras para porta de aço ( sem uso) com chave")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125944", "132")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125944", " 50 unidades fechaduras para porta de aço ( sem uso) com chave")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125945", "133")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125945", " 50 unidades fechaduras para porta de aço ( sem uso) com chave")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125940", "134")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125940", " 50 unidades fechaduras para porta de aço ( sem uso) com chave")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125939", "135")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125939", " 50 unidades fechaduras para porta de aço ( sem uso) com chave")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125942", "136")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125942", " 50 unidades fechaduras para porta de aço ( sem uso) com chave")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125967", "174")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125967", " 01 Máquina de Solda")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125978", "175")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125978", " 01 Máquina de Solda")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125959", "176")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125959", " 01 Máquina de Solda")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125969", "177")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125969", " 01 Máquina de Solda")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125953", "179")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125953", " 01 Máquina de Solda")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125950", "180")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125950", " 01 Máquina de Solda")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125970", "181")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125970", " 01 Máquina de Solda")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125962", "182")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125962", " 01 Máquina de Solda")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125972", "183")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125972", " 01 Máquina de Solda")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125961", "184")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125961", " 01 Máquina de Solda")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125974", "185")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125974", " 01 Máquina de Solda")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125992", "200")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125992", "1 Bicicleta elétrica ( falta módulo)")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125800", "201")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125800", " aprox.  50 Fresas novas/ usadas")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125954", "202")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125954", "Bomba hidráulica para barco importado sem uso, no estado")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125990", "203")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125990", "Prensa Schuller 400ton. ( desmontada)")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>235.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125982", "204")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125982", " 10 peças - Caixa metálica - 1,00 x 0,90 x 0,50")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125847", "205")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125847", " TORNO REVÓLVER")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125846", "206")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125846", " 02 GELADEIRAS EM INOX")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125985", "207")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125985", " 10 peças - Caixa metálica - 1,00 x 0,90 x 0,50")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125848", "208")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125848", "TALHA")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125794", "209")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125794", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125997", "210")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125997", "Tanque em inox 316 capac. aprox 3.000 mil litros")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125851", "211")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125851", " APROX. 30 UNIIDADES DE FILTROS (SEM USO)")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125850", "212")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125850", " APROX. 150 UNIDADES DE FILTROS MANGA (APROX. 3,60 M DE COMPRIMENTO)")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125981", "213")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125981", " 10 peças - Caixa metálica - 1,00 x 0,90 x 0,50")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125849", "214")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125849", " APROX. 2.000 QUILOS  DE SABONETE EM BARRAS")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125799", "215")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125799", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125983", "216")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125983", " 10 peças - Caixa metálica - 1,00 x 0,90 x 0,50")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125866", "217")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125866", "Ventilador Centrifugo")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125793", "218")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125793", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125798", "219")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125798", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125795", "220")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125795", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125980", "221")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125980", " 10 peças - Caixa metálica - 1,00 x 0,90 x 0,50")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125984", "222")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125984", " 10 peças - Caixa metálica - 1,00 x 0,90 x 0,50")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125867", "223")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125867", "Compressor de ar")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125852", "224")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125852", " FORNO MUFLA")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125854", "225")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125854", " RETIFICA MELLO")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125853", "226")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125853", " MÁQUINA DE TESTE DE DUREZA")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>10.200,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125797", "227")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125797", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125986", "228")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125986", " 10 peças - Caixa metálica - 1,00 x 0,90 x 0,50")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125868", "229")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125868", "Compressor de ar 200 pés")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125987", "230")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125987", " 10 peças - Caixa metálica - 1,00 x 0,90 x 0,50")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125856", "231")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125856", " DISCOS DE CORTE. 04 PEÇAS")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125864", "232")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125864", " Forno estufa")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125865", "233")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125865", " Torno")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125869", "234")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125869", "5 discos de corte")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125796", "235")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125796", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125937", "236")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125937", "  Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125934", "237")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125934", "  Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125936", "238")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125936", "  Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125927", "239")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125927", "  Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125855", "240")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125855", " 05 GERADORES A GASOLINA")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125858", "241")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125858", "Equipamentos para cozinha industrial em inox  - aprox. 17  peças sendo:  Freezer, cubas, esquentador de comidas, fritadeira, balcão, geladeiras e outros ")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125857", "242")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125857", "2 condensadores de ar condicionado")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125932", "243")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125932", "  Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125929", "245")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125929", "  Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125931", "246")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125931", "  Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125859", "247")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125859", "Equipamentos para cozinha industrial em inox - sendo 3 refrigeradores")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125860", "248")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125860", "Aprox. 30 peças de machos. Diversas medidas (sem uso)")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125926", "249")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125926", "  Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125933", "251")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125933", "  Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125935", "252")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125935", "  Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125930", "253")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125930", "  Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125928", "254")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125928", "  Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125988", "255")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125988", " 10 peças - Caixa metálica - 1,00 x 0,90 x 0,50")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125993", "256")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125993", " Alisador de concreto")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125862", "257")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125862", " Aprox. 2,5 ton de vidros para expositores (tamanhos variados)")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125991", "258")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125991", "Cápsula Saúna a vapor sem uso")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125861", "259")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125861", " Cabine para caminhão GMC (Pouco uso)")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125863", "260")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125863", "Plataforma elevatória. Aprox. 6 metros")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125870", "261")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125870", "PLAINA")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125998", "262")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125998", "Equipamento de inox")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125999", "263")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125999", "Tanque misturador em inox capacidade 1.000 litros")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125920", "267")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125920", " 11 LUMINÁRIAS À PROVA DE EXPLOSÃO e 2 REATORES PARA LÂMPADA VAPOR SÓDIO 1000W")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125801", "271")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125801", "APROX. 28 UNIDADES DE FILTROS PARKER E NOGREN")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125802", "277")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125802", "TALHA ELÉTRICA  PARA 1 TONELADA - 3,0m DE ALTURA COM 3,10m DE VÃO")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125803", "290")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125803", " QUADROS ELÉTRICOS - APROX. 12 PÇS")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125804", "291")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125804", " LUMINÁRIAS DIVERSAS (COMUM E LED) -  APROX. 78PÇS")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125917", "294")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125917", " 09 LUMINÁRIAs FITA DE LED DVs TAMANHOS E 09 CALHAs DE LUMINÁRIA P/ LÂMPADA DE LED")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125805", "295")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125805", " Aprox. 49 MÁQUINAS DIVERSAS")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125806", "297")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125806", " 07 PAINÉIS ELÉTRICOS")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125807", "298")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125807", " 02 FOGÕES INDUSTRIAIS")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125808", "312")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125808", "4 MOTORES P/ EMPILHADEIRA ELÉTRICA.")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125809", "314")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125809", " 02 EXAUSTORES")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125916", "332")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125916", " 04 CONDENSADORES DE AR CONDICIONADO")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125919", "333")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125919", " 05 Placas de Silicone 200G. Medidas 1000x1000x12mm")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125918", "334")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125918", " 700 Metros de Cabo Helucom A-DQ(ZN)B2Y 24EQ/125 ROHS 08460109318 (24 fibras –monomodo )HELUKABEL(Alemanha)")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125913", "337")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125913", "09 PROTETORES PARA SERRA CIRCULAR")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125914", "338")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125914", "02 FILTROS DE INOX")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125915", "339")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125915", "APROX. 38 ROSCAS TRANSPORTADORAS")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125989", "343")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125989", " CAPACITOR 9 PÇS")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125924", "344")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125924", " CHAVE ELÉTRICA 3 PÇS")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125925", "349")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125925", " 31 CONTATORAS DIVERSAS")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125923", "351")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125923", " 612 BOTÕES P/ PAINÉIS ELÉTRICOS DIVERSOS MODELOS")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125922", "352")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125922", " 1 CONTATORA 3RW4435-6BC44  36 CONTATOS 3TR1023")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125921", "353")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125921", " 19 CHAVES SECCIONADORAS (9X50A   10X125A)   23 CHAVE LIGA DESLIGA   10 CX DE PASSAGEM (300X220X120)")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125947", "374")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125947", "BOMBA COM MOTOR DE 25CV  ")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...174 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125948", "376")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125948", "01 COMPRESSOR ATLAS COPCO GX3 FF 2006")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125955", "378")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125955", " CALHA CIRCULAR MP 100 GALVANIZADA DIÂMETRO 0,52(520MM) POR 1,08MTS DE COMPRIMENTO COM 2,00MM DE ESPESSURA. CADA CALHA PESA 12,5KG")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125956", "379")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125956", " CALHA CIRCULAR MP 100 GALVANIZADA DIÂMETRO 0,52(520MM) POR 1,08MTS DE COMPRIMENTO COM 2,00MM DE ESPESSURA. CADA CALHA PESA 12,5KG")</f>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125957", "381")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125957", "  05 DISJUNTORES DIVERSOS - SENDO 1 SÉRIE DIMATIC 600V E 4 DISJUNTORES CAIXA MOLDADA DE 600AMP")</f>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125994", "387")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125994", " 01 MÁQUINA DE SOLDA")</f>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125995", "388")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125995", " 06 DISJUNTORES CAIXAS MOLDADAS")</f>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>11.200,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125996", "391")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125996", " 5 CONTATORAS E 20 DISJUNTORES")</f>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127324", "392")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127324", "ELETRODUTOS 3" PESADOS E PINTADOS DE CINZA - 138PÇS X 9,49KG = 1347KG")</f>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127325", "393")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127325", "ELETRODUTOS 3" PESADOS E PINTADOS DE CINZA - 211PÇS X 6,40KG = 1350KG")</f>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125812", "1002")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125812", " ALIMENTADOR DE INJETORA CONAIR MDC30-SDC")</f>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125811", "1012")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125811", " TURASK MOD. BRASILIA.")</f>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125810", "1014")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125810", " COMPRESSOR DE AR BARIONKAR FB 30/350, ANO: 1999, C/ MOTOR WEG 7,5 CV")</f>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125814", "1029")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125814", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F228" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125813", "1030")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125813", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F229" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125815", "1031")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125815", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F230" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125817", "1033")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125817", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C231" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D231" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F231" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125818", "1034")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125818", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F232" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125816", "1035")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125816", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125819", "1037")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125819", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C234" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D234" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F234" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125820", "1040")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125820", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F235" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125821", "1041")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125821", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125822", "1050")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125822", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D237" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F237" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125823", "1051")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125823", " FURADEIRA DE COLUNA MANUAL")</f>
+      </c>
+      <c r="C238" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D238" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F238" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125824", "1052")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125824", " 2 PENEIRAS VIBRATÓRIAS")</f>
+      </c>
+      <c r="C239" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D239" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125825", "1054")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125825", " COMPRESSOR DE AR DOUAT C/ MOTOR 5 CV")</f>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F240" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125826", "1064")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125826", " REEVES")</f>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125827", "1095")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125827", " UNIDADE HIDRÁULICA C/ MOTOR")</f>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125828", "1099")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125828", " 2 TANQUES CILINDRICOS HORIZONTAIS EM AÇO CARBONO AGROMETAL")</f>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125829", "1111")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125829", " SILO C/ EXAUSTÃO.")</f>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125830", "1118")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125830", "PAINEL PARA TESTE")</f>
+      </c>
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D245" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F245" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125831", "1135")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125831", " Máquina de fazer gravação a laser ")</f>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t>7.900,00</t>
+        </is>
+      </c>
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125832", "1136")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125832", " Painel controlador de tráfego")</f>
+      </c>
+      <c r="C247" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D247" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F247" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125833", "1138")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125833", " aprox. 350 unidades ganchos de segurança")</f>
+      </c>
+      <c r="C248" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D248" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F248" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125834", "1156")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125834", " 7 un. escadas de madeira ")</f>
+      </c>
+      <c r="C249" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D249" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F249" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125838", "1165")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125838", "[ LANCES POR KG ] Aprox. 30.000 quilos de eixos. Várias medidas.")</f>
+      </c>
+      <c r="C250" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D250" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t>2,30</t>
+        </is>
+      </c>
+      <c r="F250" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125837", "1166")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125837", " 1 un. de Torre de refrigeração de água")</f>
+      </c>
+      <c r="C251" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D251" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E251" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F251" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125836", "1167")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125836", " 1 un. de Torre de refrigeração de água")</f>
+      </c>
+      <c r="C252" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D252" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F252" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125835", "1168")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125835", " Forno tipo bambole em aço carbono")</f>
+      </c>
+      <c r="C253" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D253" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F253" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125839", "1169")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125839", " Forno tipo bambole em aço inox")</f>
+      </c>
+      <c r="C254" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D254" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F254" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125842", "1174")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125842", " 7 secadores de mão. Ar quente e frio")</f>
+      </c>
+      <c r="C255" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D255" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F255" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125843", "1180")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125843", " Torninho")</f>
+      </c>
+      <c r="C256" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D256" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F256" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125841", "1182")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125841", " Plaina de chaveta Rocco")</f>
+      </c>
+      <c r="C257" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D257" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F257" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125844", "1186")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125844", " Fogão de 8 bocas em inox")</f>
+      </c>
+      <c r="C258" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D258" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...314 lines deleted...]
-      <c r="E27" s="5" t="inlineStr">
+      <c r="F258" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125840", "1187")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125840", " Máquina de lavar material")</f>
+      </c>
+      <c r="C259" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D259" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F259" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125845", "1189")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125845", "Máquina de fazer Raio-X a Laser")</f>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D260" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F27" s="4" t="inlineStr">
-[...7454 lines deleted...]
-      </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
-      <c r="A261" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125949", "1190")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125949", "aprox.150 fechaduras diversas sem uso (no estado)")</f>
       </c>
       <c r="C261" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D261" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>