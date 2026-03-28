--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125467", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125467", "[ VÍDEO ] ESCAVADEIRA KOMATSU. MOD. PC 200. ANO 2013. APROX. 10.800 HRS. ÚNICO DONO. COM MANUAL E CATÁLOGO. AR GELANDO.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>406.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125441", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125441", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO aprox. 1991")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125442", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125442", "[ VÍDEO ] ROLO COMPACTADOR CATERPILLAR. MOD. 533. ANO  aprox. 1999")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125446", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125446", "[ VÍDEO ] MINI CARREGADEIRA SUNWORD. ANO 2011. MOTOR KUBOTA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125449", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125449", "[ VÍDEO ] PÁ CARREGADEIRA DOSAN. MOD. DL-200. ANO Aprox. 2011")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125457", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125457", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO 1994. ACOMPANHA TAMBOR LISO E PATA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126432", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126432", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU MOD. WA 320 - ANO 1996 - MOTOR CUMMINS ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>118.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126000", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126000", "[ VÍDEO ] BOBCAT 325. ANO 2008. MOTOR KUBOTA. ENGATE RÁPIDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126005", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126005", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR. MOD. 950H. ANO 2011")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125454", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125454", "[ VÍDEO ] ROLO COMPACTADOR TEMA-TERRA. MOD. SPVC 68. ANO Aprox. 1988")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...15 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127479", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127479", "[ VÍDEO ] RETROESCAVADEIRA JCB. MOD. 4CX. ANO 2010")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125458", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125458", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. W7. ANO Aprox. 1980")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126433", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126433", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN. MOD. 55A. TORQUE 28000. FREIO A DISCO. ANO 1985.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125447", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125447", " TREM DE FORÇA (TRANSMISSÃO, CONVERSOR, TANDER, RADIADOR) PATROL FIATALLIS FG85")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125459", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125459", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. W20 E TURBO. ANO 2007")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>265.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125450", "024")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125450", "CONCHA CATERPILLAR")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127335", "025")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127335", " MOTONIVELADORA CATERPILLAR. MOD. 120B. ANO Aprox. 1977")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125445", "029")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125445", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...121 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127334", "030")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127334", " TRITURADOR/ PICADOR DE GALHOS. ANO 2010")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127333", "033")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127333", " ROMPEDOR PARA ESCAVADEIRA 22 TON. ANO 2014")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125455", "034")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125455", "CABINE PARA MÁQUINA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...180 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127336", "035")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127336", "[ VÍDEO ] ESCAVADEIRA HIDRAULICA KOMATSU PC150SE SERIE5 ANO1996 VR (Funcionando)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>131.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127337", "036")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127337", "ESCAVADEIRA HIDRAULICA FIATALLIS MOD.FE105B ANO 1994 (funcionando)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125443", "037")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125443", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125444", "038")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125444", " CARRETA. CHAPEADA DE AÇO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...286 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127338", "039")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127338", "PÁ CARREGADEIRA KOMATSU WA320 ANO 94(Funcionando)")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>