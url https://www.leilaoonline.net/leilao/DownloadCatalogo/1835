--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1947 +269,1707 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125635", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125635", " JEEP WILLYS GASOLINA. 4X4. ANO 1960. FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125636", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125636", " CHEVROLET SILVERADO 6 CILINDROS. ANO 1990. FUNCIONANDO.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125637", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125637", "[ VÍDEO ] CAMINHÃO MERCEDES BENZ ACTROS 2646 LS 6X2 COM CAÇAMBA FACCHINI. ANO 2011/ 2012 FUNCIONANDO.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125638", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125638", " [ VÍDEO ] VOLVO FH 480. 6x4. ANO 2010/ 2011. FUNCIONANDO.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125640", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125640", " AXOR 3344 SEMI AUTOMATICO. 6x4. ANO 2011. FUNCIONANDO.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125639", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125639", "[ VÍDEO ] AXOR 3344. 6x4. ANO 2009. FUNCIONANDO.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125641", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125641", "[ VÍDEO ] AXOR 3344. 6x4. ANO 2009. FUNCIONANDO.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125642", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125642", "[ VÍDEO ] CAMINHÃO PIPA SCANIA P124 420. 6x4. ANO 2007. FUNCIONANDO.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125644", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125644", " REBOQUE DE CANA PICADA RODOLINEA. ANO 2011. PNEUS REGULARES")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125646", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125646", " SEMI REBOQUE DE CANA PICADA RODOLINEA. ANO 2011. PNEUS REGULARES")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125643", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125643", " REBOQUE DE CANA PICADA RODOLINEA. ANO 2009. PNEUS REGULARES")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125645", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125645", " SEMI REBOQUE DE CANA PICADA RODOLINEA. ANO 2009. PNEUS REGULARES")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125648", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125648", " GOL 1.0. ANO 2011/ 2012. FUNCIONANDO.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125647", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125647", " UNO MILE. ANO 2001. FUNCIONANDO.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125651", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125651", " UNO MILE. ANO 2009/ 2010. FUNCIONANDO.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125649", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125649", " GOL 1.0. ANO 2006. FUNCIONANDO.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125650", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125650", " GOL 1.0. FLEX. FUNCIONANDO. ANO 2006")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125652", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125652", " CAMINHÃO BAÚ FORD F600. 4x2. ANO 1973. FUNCIONANDO.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125653", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125653", " 70 RODAS DE TRANSBORDOS DIVERSAS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125654", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125654", " 20 RADIO AMADOR MOTOROLA EM400 EM200 PRO5100. FUNCIONANDO.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125657", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125657", " 4 PNEUS BF GOODRICH 265/65R18 E 4 OUTROS BF GOODRICH ARO 17")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125656", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125656", " REBITADEIRA   SERRA ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125655", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125655", " 3 EIXOS DIFERENCIAIS MAIS UM EIXO DIANTEIRO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125660", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125660", " 3 CAIXA HIDRAULICA BREVINE BZ3-340")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125658", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125658", " 4 CAIXA DE CAMBIO EATON E ZF")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125659", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125659", " LOTE DE PEÇAS EM GERAL PARA CUBO REDUTOR E DIFERENCIAL")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125662", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125662", " 3 MÁQUINAS DE SOLDA E 2 MIG")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125661", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125661", " 3 MACACO 1 CARRINHO DE CAMBIO  1 PARAFUSADEIRA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125663", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125663", " 1 COMPRESSOR DE AR NORTOF CNB 100 ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125665", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125665", " 5 EIXOS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125664", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125664", " 20 PISTOES PISTÕES HIDRAULICO DIVERSOS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125666", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125666", " CARDANS DIVERSOS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125781", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125781", " 324 FILTROS MANN")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125782", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125782", " 130 FILTROS WIX")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125783", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125783", " 67 CALIBRADOR EQUALIZADOR PNEUS OLHO DE GATO PNEUMATICO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.675,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125784", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125784", " 10 TAMBOR DE FREIO TOME -039")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125787", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125787", " 14 CURVAS DIVERSAR MEDIDAS")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125785", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125785", "BARCO DE PESCA GOLD FISH. ANO 2017. Tipo Small Boat - Motor Mercury 90HP. Capacidade 5 passageiros")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125788", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125788", " 02 BARRA DE TRAÇÃO PARA TRATOR JOHN DEERE R297786")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125786", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125786", " 01 PNEU CM RODA FIRESTONE 710/70R38 1 PNEU CM RODA PIRELLI 710/70R38")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125789", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125789", " 01 GERADOR")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125791", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125791", " 01 EIXO PARA TRATOR JOHN DEERE LINHA 7000")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125790", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125790", " CAMINHÃO OFICINA M. BENZ L 1313. ANO 1980/ 81")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>91.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125792", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/125792", " 06 RADIADORES PARA COLHEDORA DE CANA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126471", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126471", " 02 ROTATIVAS")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126473", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126473", " 03 RODAS PARA TRATOR VALTRA BH 180")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126476", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126476", " APROX. 2000 PARAFUSO DE SAPATA NOVO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.675,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126478", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126478", " LONA E PATINHO DE FREIO NOVO PARA TRANSBORDO ANTONIOSI")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126475", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126475", " REGISTROS")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126477", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126477", " MEIA LUA DE TRATOR")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126479", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126479", " 03 ROLO DE TELA DE INOX E OUTROS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126474", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126474", " CARROCERIA COMBOIO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126678", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126678", "TRATOR CASE PUMA 205. ANO 2014. FUNCIONANDO.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127317", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127317", " FORD F 14000. ANO 1988")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127318", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127318", " DODGE 700")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127319", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127319", "Mini Moto para Trilha Cross Off Road Laminha 100cc 4 Tempos - ano 2021. Sem documento")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127321", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127321", " QUADRICICLO 150CC")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127320", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127320", " QUADRICICLO 110 CC")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...339 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...25 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127322", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127322", " Mini Quadriciclo Trilha Avalanche 90cc 4 Tempos - ano 2021")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...1438 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127323", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127323", " GUINDASTE - Ford Cargo 2628E Ano 2010 (funcionando). Guindaste Luna 2010 - capacidade 35T - horimetro: Aprox. 3.505 hrs")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>