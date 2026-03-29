--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8958", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8958", "PORTÃO DE FERRO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9129", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9129", "1 LOTE ÚNICO DE SUCATA DE PAPEL E PAPELÃO ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8957", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8957", "JANELA GRANDE DE ALUMINIO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8954", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8954", " LAVADOR DE GAS COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9411", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9411", "10 toneladas de sucata de ferro peso estimado venda por kilo")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>0,40</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8955", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8955", " MOTOR DE GELADEIRA  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8953", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8953", "  LOTE DE MOTORES ELETRICOS  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8959", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8959", "GERADOR MARCA TOSHIBA 110 KVA BS COM MOTOR MWM 8CC")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.800,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8956", "016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8956", "GERADOR ANTIGO, DESMONTADO FALTANDO PEÇAS SUCATA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8952", "020")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8952", " CONQUILHADEIRA  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8951", "023")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8951", " FRESA ROCCO 450 COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8950", "038")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8950", " ALIMENTADOR NE NORMA MODELO RF 40 SERIE RL 64B, VOLT 220, VPM 3600, AMP 4. COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8962", "059")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8962", "INJETORA MG 200/460, FUNCIONADO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...179 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>8.800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8963", "060")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8963", "INJETORA MG 200/460, FUNCIONADO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>8.600,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>