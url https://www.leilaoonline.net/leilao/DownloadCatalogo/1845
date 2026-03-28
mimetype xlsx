--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,5595 +269,4899 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127527", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127527", " Motoniveladora Caterpillar 120H ano 1998")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126625", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126625", " Compressor de Ar com Motor Agrale Diesel")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127528", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127528", " Escavadeira Fiat Allis S90. Funcionando")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127543", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127543", "Escavadeira Komatsu PC160. Cabine queimada. Sem bomba hidráulica ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126655", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126655", "[ VÍDEO ] Traseira com diferencial central e transmissão para Trator de Esteira Komatsu D61 EX")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127838", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127838", "Motoniveladora Caterpillar 12H com motor 3306 desmontado e bloco quebrado transmissão revisada completa")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126663", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126663", " Motor Caterpillar 3114 para Pá Carregadeira 924F. Necessita revisão")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126552", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126552", "[ VÍDEO ] TRANSMISSÃO 12.000 PARA CASE E MICHIGAN")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126553", "015")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126553", "[ VÍDEO ] TRANSMISSÃO CATERPILLAR 962G.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126554", "018")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126554", " TRANSMISSÃO FUNK PARA ROLOS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126555", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126555", " TRANSMISSÃO ZF PARA PÁ CARREGADEIRA HYUNDAI HL760")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126556", "027")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126556", " TRANSMISSÃO CATERPILLAR D6M")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126656", "030")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126656", " MOTOR ISUZU PARA ESCAVADEIRA E PAS CARREGADEIRA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126657", "032")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126657", " MOTOR JCB")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126557", "033")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126557", " MOTOR VOLVO D7")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126658", "034")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126658", " MOTOR JCB ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126558", "042")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126558", " MOTOR KOMATSU SAA6D140E-5 TIER III PC600 430HP")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126559", "044")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126559", " MOTOR VOLVO PENTA D16 585KW")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126561", "047")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126561", "[ VÍDEO ] COMANDO FINAL TRATOR DE ESTEIRA D6R")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126562", "048")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126562", " COMANDO HIDRAULICO CATERPILLAR D6R")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126560", "049")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126560", " COMANDO HIDRAULICO CATERPILLAR 938G")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126563", "050")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126563", " COMANDO HIDRAULICO KOMATSU WA320")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126564", "051")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126564", " COMANDO HIDRAULICO CATERPILLAR 938H")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127360", "052")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127360", " COMANDO HIDRAULICO CATERPILLAR 336D")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127361", "054")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127361", " COMANDO HIDRAULICO CATERPILLAR D8L VALVULA SAPO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127362", "056")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127362", " COMANDO HIDRAULICO CATERPILLAR 320D")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126565", "057")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126565", " COMANDO HIDRAULICO CASE CX 240")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126566", "058")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126566", " COMANDO HIDRAULICO MOTONIVELADORA HUBER WARCO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126567", "062")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126567", " REDUTOR DE TRANSLAÇÃO FIAT HITACHI FH220")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126569", "063")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126569", " REDUTOR DE TRANSLAÇÃO CASE CX 240")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126568", "064")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126568", " BOMBA HIDRAULICA PARA ESCAVADEIRA JCB JS330")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126570", "065")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126570", " BOMBA HIDRAULICA PARA ESCAVADEIRA CASE 888 CKE")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126571", "066")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126571", " BOMBA HIDRAULICA PARA ESCAVADEIRA VOLVO EC 700")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126613", "067")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126613", " BOMBA HIDRAULICA PARA ESCAVADEIRA VOLVO EC 210")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126572", "068")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126572", " BOMBA HIDRAULICA LIEBHER 924")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126574", "069")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126574", " BOMBA HIDRAULICA HYUNDAI R500")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126573", "070")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126573", " BOMBA HIDRAULICA LIEBHER PARA ESCAVADEIRA LIEBHERR")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126575", "074")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126575", " EIXO DIRECIONAL EMPILHADEIRA HYUNDAI HDF70")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126576", "075")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126576", " EIXO DIFERENCIAL RANDON RK430")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126577", "076")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126577", " PAR EIXOS DIFERENCIAIS JCB 456ZX")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127363", "078")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127363", " EIXO DIFERENCIAL CATERPILLAR 924G")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127366", "079")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127366", " EIXO DIANTEIRO DIRECIONAL RANDON RK430")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127364", "080")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127364", " PAR EIXOS DIFERENCIAIS PÁ CARREGADEIRA JCB 416")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127365", "081")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127365", " EIXO DIFERENCIAL PÁ CARREGADEIRA FIAT")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126614", "085")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126614", " PAR DE EIXOS PÁ CARREGADEIRA CASE 821 ZF")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126578", "100")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126578", " Caçamba para Escavadeira Caterpillar 320")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126580", "105")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126580", " Rolo para Dynapac CA25")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126579", "106")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126579", " Tambor Liso para Rolo Dynapac CG 14")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126581", "112")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126581", " Par de pistões de levante Escavadeira Caterpillar 312")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126592", "121")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126592", " Transmissão para Pá Carregadeira Caterpillar 941 ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126582", "122")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126582", " Radiador para Escavadeira Caterpillar 320 ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126583", "124")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126583", " Radiador para Trator de Esteira Caterpillar D8L")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126584", "125")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126584", " Cabine para Motoniveladoras completa")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126585", "126")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126585", " Cabine para Tratores de Esteira Caterpillar com Rops")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126586", "127")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126586", " Cabine para Pá Carregadeira Hyundai Completa")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126587", "128")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126587", " Cabine para Motoniveladora Completa")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126588", "129")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126588", " Radiador para Escavadeira Komatsu PC 200")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126589", "130")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126589", " Radiador com máscara Frontal Para Trator de Esteira Caterpillar D5")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126590", "131")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126590", " Radiador de Óleo Multi Uso ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126591", "132")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126591", " Radiador para Escavadeira Liebherr 944")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126599", "136")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126599", " Bloco para Motor Cummins QSL9")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126594", "142")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126594", " 3 Roletes novos para Trator de Esteira Caterpillar D10")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126595", "148")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126595", " Roletes para Trator de Esteira Caterpillar: 4 de D8L e 4 de D7")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126596", "155")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126596", "[ VÍDEO ] Motor Perkins 6 Cilindros com Bomba Injetora Bosch ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126597", "156")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126597", " Motor Perkins 6357")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126598", "159")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126598", " Cabine para Escavadeira")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126600", "161")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126600", " 04 Sapatas para estabilizadores de Guindaste")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126601", "162")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126601", " Cela para Motoniveladora 120H")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126660", "163")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126660", " Par de Correntes para Pneus 23.5 x25")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126602", "165")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126602", "[ VÍDEO ] 2 Cilos em Inox 3.000 litros cada ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126605", "169")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126605", " Capa Rolamentos de Tambor para Rolo Compactador")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126604", "170")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126604", " Capa de Rolamento para Rolo Compactador CA25")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126606", "172")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126606", " Redutor de Translação para Escavadeira FX 215")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126607", "177")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126607", "[ VÍDEO ] Coroa de Giro para escavadeira FX215")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126608", "178")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126608", " Coroa de Giro para Escavadeira Hyundai R500")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126609", "179")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126609", "[ VÍDEO] Coroa de Giro escavadeira Caterpillar 320 B")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126610", "181")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126610", "[ VÍDEO ] Coroa de Giro escavadeira Caterpillar 312")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126612", "182")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126612", " Coroa de Giro Escavadeira JCB JS 330")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126611", "183")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126611", "[ VÍDEO ] Coroa de Giro Escavadeira Volvo EC 700")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126616", "184")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126616", "Coroa de Giro para Escavadeira Yuchai")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126620", "187")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126620", " 1 Esteira para Escavadeira Volvo EC360")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126617", "188")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126617", " Par de Esteira para Trator Komatsu D61")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126615", "190")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126615", " Lâmina para Motoniveladora Caterpillar 120H")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126622", "194")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126622", " Transmissão desmontada para Trator de Esteira Komatsu D65 modelo 18.000")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126624", "195")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126624", " Transmissão para Caterpillar 955")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126619", "196")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126619", " Transmissão ZF")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126618", "198")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126618", " Transmissão para Motoscraper Caterpillar 621B")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126623", "199")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126623", " Virabrequim para Motor Caterpillar 3116")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126621", "202")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126621", " Virabrequim para Motor 3064 Caterpillar/Mitsubishi ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126626", "203")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126626", "Radiadores para Escavadeira Caterpillar 336D")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126661", "203")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126661", " 02 Pistões para Trator de Esteira Caterpillar D8L")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126628", "204")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126628", " Radiador completo da Escavadeira Case CX240")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126630", "205")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126630", " Radiador para Caminhão Fora de Estrada Randon RK 424")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126631", "206")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126631", " Radiador para Retroescavadeira JCB 3C")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126627", "207")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126627", " Radiador Completo para Rolo Compactador ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126629", "208")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126629", " Radiador completo para Escavadeira FH200")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126632", "209")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126632", " Radiador para Trator de Esteira Fiat AD14")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126633", "211")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126633", " Radiador para Escavadeira Volvo EC380")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126634", "212")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126634", " Radiador para Escavadeira Liebherr 944")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126635", "213")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126635", " Radiador para Escavadeira Komatsu PC600")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126636", "214")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126636", " Radiador para Pá Carregadeira Volvo L110E")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126637", "215")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126637", " Radiador Pá Carregadeira Combat")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126638", "216")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126638", " Radiador completo para Pá Carregadeira Dossan DL200")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126639", "218")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126639", " Radiador completo para Escavadeira FX215")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126640", "219")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126640", " Radiador para Escavadeira Caterpillar 315")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126641", "220")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126641", " Radiador completo para Escavadeira Volvo EC700")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126642", "222")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126642", " Radiador para Pa Carregadeira SEM")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126643", "224")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126643", " Radiador para Pá Carregadeira Caterpillar 950G")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126645", "225")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126645", " Radiador para Pá Carregadeira SEM")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126644", "226")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126644", " Radiador completo com Aftercooler para Escavadeira Yuchai")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126650", "227")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126650", " Vidros de Cabines para Divesos equipamentos da Linha Amarela")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126649", "228")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126649", "[ VÍDEO ] Transmissão para Trator de Esteira Caterpillar D8k ou H")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126647", "229")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126647", "[ VÍDEO ] Transmissão para Motoniveladora Huber Warco 140M")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126651", "230")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126651", " Transmissão para Pá Carregadeira Caterpillar 938G")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126648", "231")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126648", "[ VÍDEO ] Transmissão para Pá Carregadeira Combat")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126646", "232")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126646", " Carcaça para Transmissão de Motoniveladora Caterpillar 140H")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126654", "233")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126654", " Transmissão para Pá Carregadeira Caterpillar 966C")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>9.800,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126652", "234")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126652", " Transmissão parcial para Pá Carregadeira Caterpillar 950G")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126653", "236")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126653", " Conversor de Torque para Trator de Esteira Caterpillar D8K ou H")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126664", "240")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126664", "[ VÍDEO ] Torre Triplex para Empilhadeiras Yale e Hyster de 2,5 Toneladas. Completa ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126662", "241")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126662", "[ VÍDEO ] Torre Triplex para Empilhadeiras Yale e Hyster de 4 Toneladas. Completa ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126665", "242")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126665", "[ VÍDEO ] Diferencial dianteiro da empilhadeira Yale/Hyster de 2,5 toneladas ")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126666", "243")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126666", " Motor de Translação Hy Dash para escavadeiras de 20 ton. Compatíveis com Hyundai e outras")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126668", "246")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126668", " Motor Vortec para Empilhadeiras")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126672", "249")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126672", " Diferencial dianteiro Yale/Hyster 50VX ")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126673", "250")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126673", "[ VÍDEO ] Diferencial dianteiro Yale / Hyster 90VX ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126674", "251")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126674", " Eixo direcional para empilhadeiras Yale/Hyster  90VX ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126676", "253")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126676", " Transmissão para Empilhadeiras Yale/Hyster 50VX")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126677", "255")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126677", " Cabine para Escavadeiras Volvo")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127484", "256")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127484", " Peças para Motor 3056 para 924G Bloco, cabeçote e outros ")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127482", "257")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127482", " Motor Diesel empilhadeira Linde c/ Bomba hidráulica ")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127486", "258")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127486", " Motor Diesel Empilhadeira Linde c/ Bomba hidráulica ")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127483", "259")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127483", " Motor 3 Cilindros desmontado para Mini Carregadeira")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127487", "260")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127487", " Moto bomba diesel Toyama")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127485", "261")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127485", " Moto Bomba Diesel ")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127488", "262")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127488", " Cabeçote Mitsubishi p/ Escavadeira Caterpillar 315BL")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127489", "263")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127489", " Cabeçote para Motor Liebherr ")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127491", "264")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127491", " Cabeçote  para Motor Isuzu 4 cilindros ")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127493", "265")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127493", " Cabeçote Perkins para aplicação em equipamentos Caterpillar ")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127490", "266")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127490", " Cabeçote Cummins Serie B ")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127492", "267")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127492", " 2 Cabeçotes para Trator de Esteira Caterpillar D8L")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127494", "268")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127494", " Comando Hidráulico para Escavadeira Yuchai ")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127495", "269")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127495", " Comando hidráulico 3 estágios ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127496", "270")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127496", " 2 Cabeçotes Scania modelo 111 ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127499", "271")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127499", " Bloco, Cabeçote e bomba Injetora Mercedes OM 352")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127498", "272")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127498", " Motor Isuzu parcial ")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127497", "273")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127497", " Bloco Cummins QSL")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127500", "274")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127500", " Motor Parcial Caterpillar 3116")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127502", "275")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127502", " Motor Parcial Caterpillar C6 para Pá Carregadeira 938G ")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127501", "276")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127501", " Cabeçote Cummins série C ")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127505", "277")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127505", " Bloco, virabrequim e eixo comando do Motor Caterpillar 3116")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127504", "278")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127504", " Ponte Talha elétrica de 5 toneladas ")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127503", "279")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127503", " Bloco 4 cilindros JCB Retro escavadeira")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127507", "280")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127507", " Par de Pistões hidráulicos Pá Carregadeira Liebherr L580 ")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127509", "281")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127509", " Par de Pistões hidráulicos Pá Carregadeira Hyundai HL 757 ")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127506", "282")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127506", " Par de Pistões hidráulicos de Retro Escavadeira Volvo ")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127508", "283")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127508", " Par Pistões hidráulicos para Trator de Esteira D6M ")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127510", "284")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127510", " Par pistão hidráulico da Combat ")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127511", "285")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127511", " Cabine para Escavadeira Komatsu PC 200")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127513", "286")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127513", " Cabine para Pá Carregadeiras Hyundai")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...1589 lines deleted...]
-      <c r="D68" s="4" t="inlineStr">
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127514", "287")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127514", " Cabine para Pá Carregadeira Caterpillar 924F")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E68" s="5" t="inlineStr">
+      <c r="E171" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
-      <c r="F68" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E74" s="5" t="inlineStr">
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127512", "288")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127512", " Cabine para Pá Carregadeiras Volvos ")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
-      <c r="F74" s="4" t="inlineStr">
-[...309 lines deleted...]
-      <c r="D84" s="4" t="inlineStr">
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127516", "289")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127516", " Cabine para Pá Carregadeira Caterpillar 924")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E84" s="5" t="inlineStr">
+      <c r="E173" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
-      <c r="F84" s="4" t="inlineStr">
-[...2773 lines deleted...]
-      <c r="D171" s="4" t="inlineStr">
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127515", "290")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127515", " Cabine para Escavadeira JCB ")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E171" s="5" t="inlineStr">
+      <c r="E174" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
-      <c r="F171" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D172" s="4" t="inlineStr">
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127517", "291")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127517", " Cabine para Pa Carregadeira Komatsu WA 200 WA 320")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E172" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D173" s="4" t="inlineStr">
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127519", "292")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127519", " Cabine Pá Carregadeiras JCB ")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E173" s="5" t="inlineStr">
+      <c r="E176" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
-      <c r="F173" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D174" s="4" t="inlineStr">
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127520", "293")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127520", " Cabine para Escavadeiras Caterpillar 315 e 320 B")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E174" s="5" t="inlineStr">
+      <c r="E177" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
-      <c r="F174" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D175" s="4" t="inlineStr">
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127518", "294")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127518", " Cabine para escavadeira Fiat FH 200/220/240")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127521", "295")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127521", " Cabine para Escavadeiras Volvo")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E175" s="5" t="inlineStr">
+      <c r="E179" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
-      <c r="F175" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D176" s="4" t="inlineStr">
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127523", "296")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127523", " Cabine para Empilhadeiras Hyster e Yale 155VX")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127522", "297")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127522", " Cabine para Empilhadeiras Hyster e Yale 90VX")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127526", "298")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127526", " Cabine para Retrô Escavadeira Caterpillar 416")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127524", "299")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127524", " Cabine para Retroescavadeira Hyundai ")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E176" s="5" t="inlineStr">
+      <c r="E183" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
-      <c r="F176" s="4" t="inlineStr">
-[...222 lines deleted...]
-      </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127525", "300")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127525", " Cabine para Retroescavadeiras Case 580M")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>