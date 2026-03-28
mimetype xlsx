--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1339 +269,1175 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126029", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126029", "[ VÍDEOS ] Pulverizador John Deere Modelo 4630. Equipamento trabalhando. Completo com GPS. Ano 2012. Aprox. 10.900 horas")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>490.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126030", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126030", " COMPACTADOR DE LIXO PLANALTO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126020", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126020", " Trator Valtra mod. BH-180 ano 2012 - c/ climatizador/revisado câmbio /revisado motor/pintura nova")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126015", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126015", " Iveco Fiat Daily 3510. Ano 2002 (pneus diant. Michelin seminovos)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126021", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126021", " Trator John Deere mod. 6165J ano 2011 -4 pneus ressolados novos/ pintura nova/ funcionado")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126022", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126022", " Trator John Deere mod. 6180J ano 2012 - pintura nova/funcionando")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>290.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126044", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126044", " GM/ CHEVROLET DIESEL ANO 1972/1972 - c/ poliguindaste e 2 caçambas")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126045", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126045", " RETROESCAVADEIRA FIATALLIS MOD. 80,2 ANO 1999")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>77.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126039", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126039", "[ VÍDEO ] Trator de esteira Caterpillar mod. D4ESR - ano 1993 ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126032", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126032", " Tanque pipa com canhão 18.000 litros")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>20.900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126031", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126031", " Cabine suplementar marca Gascom 2 portas")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126026", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126026", "Plantadeira Jumil mod. 2880. Ano 2002")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126023", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126023", "[ VÍDEOS ] Trator Valtra mod.BH-180. Ano 2006. Traçado. Ar condicionado. Operacional.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126014", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126014", " 2 para-choques Trator New Holland TL 75")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126024", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126024", "Alongadores Valtra")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126009", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126009", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126025", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126025", "8 pistões, sendo 6 sem uso e 2 usados. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126033", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126033", " Carrocerria oficina com armários marca Gascom")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126027", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126027", "LT de peças de máquinas: pino, grampos, 2 rodas e outros")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126046", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126046", " VW 7.90 S Ano 1987/ 1987 - carroceria")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128086", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128086", "SEMI REBOQUE FACCHINI ANO 1997")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126028", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126028", "[ VÍDEO ] Trator Massey Ferguson Mod 95X tração 4x2 - Equipamento parou trabalhando. Ano não identificado")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126038", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126038", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126036", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126036", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126010", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126010", "Redutor hidráulico")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128087", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128087", "[ VÍDEOS ] Pá Carregadeira Yineng Modelo CMH 936 Ano 2012 Motor Cummins")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>118.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128088", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128088", "Pá Carregadeira SDLG Modelo L936 Ano 2010")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126011", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126011", "  5 tanques: 04 Massey Ferguson 7000 e 01 New Holland TL")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126035", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126035", " Baú refrigerado Gancheiro assoalho canelado ano 2013")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128253", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128253", "Carreta Distribuição de calcário, Marca: Jan, Modelo: Lancer Magnu, ANO 2017. ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128254", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128254", "Caminhão M. Benz  2423B, ano 2001 Betoneira 8 M3 Pintura recente.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>148.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126019", "035")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126019", " Mercedes Benz Actros 4844K. 8x4. Ano 2014.  Aut. Freio retarder")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126034", "036")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126034", " Conjunto de Barras traseira. Tratores Valtra")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126037", "037")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126037", " Conjunto de Barras traseira. Tratores Valtra")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126016", "039")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126016", " Scania T 112 HW. 4x2. Ano 1990")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126017", "040")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126017", " Volvo FH 540 6x4 T. Ano 2013")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...623 lines deleted...]
-      <c r="D32" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126018", "041")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126018", "[ VÍDEO ] Ônibus Scania Induscar Apache U. Ano 2010. Carroceria Caio. Motor Scania. Possui elevador para deficientes")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E32" s="5" t="inlineStr">
-[...149 lines deleted...]
-      <c r="C37" s="4" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126040", "044")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126040", "FIAT / DOBLÔ CARGO FLEX ANO 2014/2015 (FUNCIONANDO)")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126012", "045")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126012", " Carroceria borracheira Gascom. Ano 2015")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D37" s="4" t="inlineStr">
-[...319 lines deleted...]
-      <c r="D47" s="4" t="inlineStr">
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E47" s="5" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>16.250,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126041", "047")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126041", "FIAT / FIORINO BAÚ FLEX  ANO 2009/2009 - (motor desmontado) ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126013", "049")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/126013", " Carroceria borracheira Gascom. Ano 2014")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>