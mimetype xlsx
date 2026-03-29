--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,123 +269,111 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8965", "1145")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8965", "VW PASSAT 2.0T, ANO/MOD 13/14, COR BRANCA, COMB GASOLINA KM 55.600 - SCANIA LATIN AMERICA IPVA 2017 PAGO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8967", "9065")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8967", "VW PASSAT 2.0T, ANO/MOD 13/14, COR PRETA, COMB GASOLINA KM 27.800 - SCANIA LATIN AMERICA IPVA 2017 PAGO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8966", "9066")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8966", "VW PASSAT 2.0T, ANO/MOD 13/14, COR PRETA, COMB GASOLINA KM 43.600 - SCANIA LATIN AMERICA IPVA 2017 PAGO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>57.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>