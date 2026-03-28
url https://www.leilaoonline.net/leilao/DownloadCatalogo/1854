--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,3355 +269,2939 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128260", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128260", " Cervejeiro, 556 litros -3 graus negativos funcionando")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127130", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127130", " Aprox.20 eletroportáteis e utilidades")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128263", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128263", " Caixa de som philips 800 (não testado )")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128261", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128261", " Triturador/picador sem motor")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127091", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127091", " Caixa registradora Argus anos 70. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127131", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127131", " Motosserra")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127126", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127126", " Motosserra")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128270", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128270", " 2 Máquinas de padaria")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128269", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128269", " 2 máquinas de cortar grama funcionando 220 v")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128265", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128265", " 2 carrinhos")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127154", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127154", " Sucata Aprox.10 ferramentas elétricas")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127119", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127119", " 10 microondas /fornos")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127109", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127109", " 5 lavadoras")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128266", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128266", " 2 purificadores de água")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127120", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127120", " Amassadeira rápida")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128259", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128259", " Balança antiga")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127116", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127116", " Sucata de coolers aprox.9")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127135", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127135", " 50 motores de refrigeração variados")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127132", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127132", " 50 motores de refrigeração variados")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127138", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127138", " 50 motores de refrigeração variados")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127155", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127155", " Sucata 3 controladores de vazão")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127137", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127137", " Ar condicionado 48.000 Btu´s")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127140", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127140", " Compressor de ar")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127104", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127104", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127117", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127117", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127111", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127111", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127127", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127127", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127108", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127108", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127124", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127124", " Ultra congelador 220 v total de 32 prateleiras fixas")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...20 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128267", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128267", " Soprador com turbina com motor trifásico")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127114", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127114", " Cafeteira Delonghy -110 v")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127157", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127157", " Sucata -1 pressurizador")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127123", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127123", " Junker")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127141", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127141", " 6 Motores de cortador de grama")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127146", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127146", " Motor e redutora")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127142", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127142", " Motor e redutora")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127144", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127144", " Aprox.50 peças de carburadores de roçadeiras")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127156", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127156", " Sucata -3 bombas")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127148", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127148", " Partes e peças de cortadores de grama")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127147", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127147", " Bebedouro")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127151", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127151", " Mesa e cadeiras")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127152", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127152", " Frigobar funcionando 220voltz")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127164", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127164", " Sucata -2 aspiradores e carregador de bateria")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127158", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127158", " Sucata - Máquina para gesso")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127161", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127161", " Sucata - 3 compressores")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127162", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127162", " 01 Motor e 1 mancal")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127166", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127166", " Sucata de ar condicionado")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127167", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127167", " Sucata lâmpadas solar para jardim aprox.12 peças")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127169", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127169", " Sucata lâmpadas solar para jardim aprox.12 peças")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127168", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127168", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127171", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127171", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127174", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127174", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127175", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127175", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127180", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127180", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127177", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127177", " Portão 2.20 altura x2.40 largura")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127181", "059")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127181", " Umidificador e fritadeira")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127183", "060")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127183", " Aprox. 1.000 unidades de rolamentos usados")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127184", "062")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127184", "Moedor de carnes  (no estado)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127185", "063")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127185", "Batedeira com sistema de proteção ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127187", "064")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127187", "Unidade de refrigeração bock 5 hp (no estado sem teste)")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127189", "065")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127189", "Compressor de refrigeração Danfoss  Mt 160 (13 hp). Sem uso. Voltagem 380")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127190", "067")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127190", " Junker")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127193", "068")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127193", " Junker")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127198", "070")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127198", " Junker")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127194", "071")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127194", " Junker")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127196", "072")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127196", " Junker")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127200", "073")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127200", " Máquina de massas arke 110 v funcionando")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127201", "074")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127201", " 4 aquecedores 110 v funcionando")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127207", "075")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127207", " 6 aquecedores 110v funcionando")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127205", "076")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127205", " 6 aquecedores 110v funcionando")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127204", "077")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127204", " 6 umidificadores bivolt")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127203", "078")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127203", " 20 rádios portáteis")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127208", "079")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127208", " 1 Compressor novo 2.5 hp monofásico")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127218", "080")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127218", " 1 carretel de arame pra solda mig 1.0 mm")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127210", "081")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127210", " 1 carretel de arame pra solda mig 1.0 mm")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127215", "082")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127215", " 1 carretel de arame pra solda mig 1.0 mm")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127213", "083")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127213", " 1 carretel de arame pra solda mig 1.0 mm")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127212", "084")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127212", " 1 carretel de arame pra solda mig 1.0 mm")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127216", "085")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127216", " 1 carretel de arame pra solda mig 1.0 mm")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128273", "086")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128273", " Conjunto de churrasco 12 peças e suporte")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128264", "087")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128264", " Conjunto de churrasco 12 peças e suporte")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128271", "088")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128271", " Conjunto de churrasco 12 peças e suporte")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128262", "089")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128262", " Conjunto de churrasco 12 peças e suporte")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128268", "090")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128268", " Conjunto de churrasco 12 peças e suporte")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128272", "091")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128272", " 300 kgs de sabão em pó ( validade até 2023)")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127090", "303")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127090", "MÁQUINA DE SORVETE EXPRESSO E MILKSHAKE 220 MONOFASICA")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127083", "311")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127083", " Bomba multi estágios")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127081", "314")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127081", " Moinho de pão inox")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127093", "400")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127093", "Barco de fibra c/ motor de rabeta, 2 remos e 3 carretilhas  ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127096", "401")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127096", "2 roupas de neopreme longa")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127070", "430")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127070", "Máquina para Madeira")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127075", "432")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127075", " Máquina Risomat semi automática de corte de papel isolante (poliéster) para isolamento de motores e transformadores")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127072", "444")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127072", " Embaladora termo encolhivel 40x40")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127066", "465")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127066", "TURBINA WEG")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127063", "476")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127063", " Desbobinadeira de chapa com caixa de redução")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127069", "480")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127069", " Moinho triturador de cobre e mesa garimpadora ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127067", "481")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127067", " Injetora de poliuretano. Para reparo")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127077", "539")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127077", " Máquina para cortar chapa automática funcionado")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127087", "626")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127087", " Compressor wayne 60 pés")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127086", "627")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127086", " Bomba d’água de pressão")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127088", "634")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127088", " Arqueadora de caixas")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F111" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...52 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127103", "655")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127103", " 2 Vending Machine")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127100", "656")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127100", " Balcão confeitaria inox")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...3134 lines deleted...]
-      </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127098", "658")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127098", " Sucata de Condensadoras")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>