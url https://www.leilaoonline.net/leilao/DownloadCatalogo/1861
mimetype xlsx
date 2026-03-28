--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127545", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127545", " 15 LUMINÁRIAS (SEM LÂMPADAS)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127544", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127544", " 13 COFRES DE AÇO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127548", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127548", " 4 PNEUS G2/L2D")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127549", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127549", " 4 BOMBAS CENTRÍFUGAS DESMONTADAS SENDO: 2 DE 2" E 2 DE 4"")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127547", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127547", " 5 SOFÁS E 20 COLCHÕES DE SOLTEIRO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127957", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127957", "06 MÁQUINAS DE SOLDA e 02 CABEÇOTES. Veja especificações")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>14.350,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127546", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127546", " ANILHAS DIVERSAS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127550", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127550", " APROX. 255 CAIXAS DE FERRAMENTAS C/ 5 GAVETAS (vazias) ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127551", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127551", " 3 MESAS C/ TAMPO EM GRANITO, 12 CADEIRAS METÁLICAS, 1 MICROONDAS PANASONIC, 1 FOGÃO 4 BOCAS ESMALTEC, 1 GELADEIRA ELECTROLUX RE31, 1 MÁQUINA DE LAVAR, 3 ARMÁRIOS ALTOS EM MADEIRA C/2 PORTAS; 1 ESTANTE EM MADEIRA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127554", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127554", "APROX: 87 TELEVISORES DE DIVERSAS MARCAS E MODELOS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127555", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127555", " 1 MÁQUINA DE LAVAR SUGGAR 10 KG; 1 MÁQUINA DE LAVAR FIORETTA; 1 MÁQUINA DE LAVAR WANKE 4 KG; 1 MÁQUINA DE LAVAR S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127553", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127553", " 1 MÁQUINA DE LAVAR MUELLER 6 KG; 2 MÁQUINAS DE LAVAR CONSUL 8 KG; 1 MÁQUINA DE LAVAR ELECTROLUX 8 KG")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127552", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127552", " 9 ARMÁRIO ALTOS EM MADEIRA C/ 2 PORTAS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127556", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127556", " 12 BEBEDOUROS DIVERSOS TIPO GALÃO; 5 BEBEDOUROS EM AÇO INOX; 3 CAFETEIRAS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127558", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127558", " GUINCHO HIDRÁULICO TIPO GIRAFA; CAP. 2 T")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127557", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127557", " GUINCHO HIDRÁULICO TIPO GIRAFA; CAP. 2 T")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127561", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127561", " GUINCHO HIDRÁULICO TIPO GIRAFA; CAP. 2 T")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127559", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127559", " GUINCHO HIDRÁULICO TIPO GIRAFA; CAP. 2 T")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127560", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127560", " GUINCHO HIDRÁULICO TIPO GIRAFA; CAP. 2 T")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127562", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127562", " ARMÁRIOS E ARQUIVOS DE AÇO DIVERSOS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127563", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127563", " 2 BETONEIRAS 400 L. Sendo uma com motor e outra sem")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127564", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127564", "LOTE DE INFORMÁTICA: CPUS, ESTABILIZADORES, IMPRESSORAS, CABOS E MAIS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127565", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127565", " LOTE DE INFORMÁTICA: CPU, MONITORES, FONTES E MAIS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128200", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128200", "Aprox. 15 escadas plataformas de alumínio.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128349", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128349", "Acessório do Guindaste Hiab – JIB 135")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...702 lines deleted...]
-      </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128891", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128891", "APROX. 14 LIXEIRAS DIVERSAS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>