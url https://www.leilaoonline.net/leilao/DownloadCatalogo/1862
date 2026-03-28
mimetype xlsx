--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127998", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127998", " CAMINHÃO MEC. OPERACIONAL M. BENZ 2423 K, ANO: 2008/2009, COR: BRANCA CHASSI: 9BM6933869B625589, RENAVAM: 134264290, PLACA: EFX-8752 OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128004", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128004", " REBOQUE METALPI 2 EIXOS, ANO: 1981/1981, CHASSI: 810137, RENAVAM: 00367239841, PLACA: GOB-8D85. OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128000", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128000", " CARREGADEIRA XCMG LW500BR, ANO: 2017,  CHASSI: XUG0050GPHCB06356, HORAS: 2800 OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA – NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>203.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...15 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128006", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128006", " CARREGADEIRA DE CANA VALTRA 1280 4X4, ANO 2001, SERIE: 12804166473 OBS:  FUNCIONANDO - VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128025", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128025", " SUCATA DE MOTOR A DIESEL JOHN DEERE CH570, SEM MAIS IDENTIFICAÇÕES – MOTOR ESTAVA APLICADO NA COLHEDORA DE CANA CH 570 OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128001", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128001", " PLANT/DISTR. DE CANA ANTONIOSI, ANO 2012 OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128019", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128019", " SUCATA DE CABINE MERCEDES BENZ OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES -PODENDO FALTAR PEÇAS E COMPONENTES - ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128002", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128002", " CAMINHAO VOLVO FM 440 6X4R, ANO: 2006/2007, COR: BRANCA, CHASSI: 93KAS02D87E730910, RENAVAM: 00912298260, PLACA: AOO-4A84 . OBS:  FUNCIONANDO - VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - PODENDO FALTAR PEÇAS E COMPONENTES - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES -")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>123.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128010", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128010", " REBOQUE TANQUE 15.000 LT OBS:  SEM DOCUMENTO - VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES -")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128007", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128007", " SEMI-REBOQUE TANQUE RANDON, ANO 1986/1986, COR: BRANCA, CHASSI: 69353, RENAVAM: 00243325363, PLACA: GVK-8D33 OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES -PODENDO FALTAR PEÇAS E COMPONENTES -")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128021", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128021", " SUCATA DE ROLL ON IRRIGAÇÃO OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - PODENDO FALTAR PEÇAS E COMPONENTES - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127999", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/127999", " CARRETA VIVENCIA OBS:  SEM DOCUMENTO - VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES -")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128009", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128009", " SEMI-REBOQUE TANQUE RECRUSUL, ANO: 985/1985, COR: BRANCA, CHASSI: 159354, RENAVAM: 00382368800, PLACA: BKA-6F83 OBS:  REVESTIDO DE INOX - VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - PODENDO FALTAR PEÇAS E COMPONENTES - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES -")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128005", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128005", " 18 PISTÕES DO DIVISOR DE LINHA JOHN DEERE 3520,  APROX 230 KG  -  VENDA POR KG OBS:  VENDA DE PEÇAS USADAS NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES – ESTAVAM APLICADOS NA COLHEDORA DE CANA JOHN DEERE 3520 - ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128023", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128023", " 91 PISTÕES DO ROLO TOMBADOR JOHN DEERE 3520,  APROX 795 KG - VENDA POR KG OBS:  VENDA DE PEÇAS USADAS NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES – ESTAVAM APLICADOS NA COLHEDORA DE CANA JOHN DEERE 3520 -")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128011", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128011", " 108 VALVULAS DE TRANSBORDOS 2 VIAS, APROX 730 KG - VENDA POR KG OBS:  VENDA DE PEÇAS USADAS NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES – ESTAVAM APLICADOS NOS TRANSBORDOS DE CANA - ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128008", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128008", " 17 PISTÕES DA CABINE JOHN DEERE 3520 E 7 PISTÕES DA CABINE CASE,  APROX 290 KG -  VENDA POR KG OBS:  VENDA DE PEÇAS USADAS NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES – ESTAVAM APLICADOS NA COLHEDORA DE CANA JOHN DEERE 352")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128003", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128003", " CABEÇOTE DO MOTOR IVECO CURSOR 9 OBS:  VENDA DE PEÇA REVISADA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES –APLICADO NO MOTOR IVECO CURSOR 9 DA COLHEDORA DE CANA CASE A8800 - ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128026", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128026", " 21 PISTÕES DA SUSPENSÃO JOHN DEERE 3520,  APROX 702 KG - VENDA POR KG OBS:  VENDA DE PEÇAS USADAS NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES – ESTAVAM APLICADOS NA COLHEDORA DE CANA JOHN DEERE 3520 - ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128012", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128012", " TRATOR JOHN DEERE 6110 J, ANO: 2012, SERIE: 1BM6110JAAD000225 OBS:  FUNCIONANDO - VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCALIZADO EM SERRANOPOLIS/GO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>10000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128020", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128020", " CABEÇOTE DO MOTOR JOHN DEERE OBS:  VENDA DE PEÇA REVISADA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES –APLICADO NO MOTOR JOHN DEERE TRATOR- ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128015", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128015", " SUCATA DE MOTOR A DIESEL CUMMIS M11, SEM MAIS IDENTIFICAÇÕES – MOTOR ESTAVA APLICADO NA COLHEDORA DE CANA CASE A7700 OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128018", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128018", " PESO TRATOR,  APROX 475 KG  -  VENDA POR KG OBS:  VENDA DE PEÇAS USADAS NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES -")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128016", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128016", " 02 CAIXAS CORTE DE BASE JOHN DEERE OBS:  VENDA DE PEÇA USADA NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES – APLICADO NA COLHEDORA DE CANA JOHN DEERE 3520 - ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128027", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128027", " 02 CAIXAS CORTE DE BASE JOHN DEERE OBS:  VENDA DE PEÇA USADA NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES – APLICADO NA COLHEDORA DE CANA JOHN DEERE 3520 - ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128013", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128013", " 01 CAIXA DE 4 FUROS JOHN DEERE OBS:  VENDA DE PEÇA USADA NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES – APLICADO NA COLHEDORA DE CANA JOHN DEERE 3520 - ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128024", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128024", " 01 CAIXA DE 4 FUROS CASE OBS:  VENDA DE PEÇA USADA NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES – APLICADO NA COLHEDORA DE CANA CASE - ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128014", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128014", " CHASSI DE ROLL ON IRRIGAÇÃO OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - PODENDO FALTAR PEÇAS E COMPONENTES - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES -")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128022", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128022", " GUINDASTE AUTOPROPELIDO MARCA GALION MOD.150ª,  COR: AMARELO OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...830 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128017", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128017", " TOYOTA HILUX CD 4X4 SRV, ANO: 2015/2015, COR: PRATA,  CHASSI: 8AJFX29G4F6608741, RENAVAM: 01065569286, PLACA: FMZ-6B42 / ALCOOL / GASOLINA. OBS:  VENDA DE VEICULO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES -")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>