--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,5275 +269,4619 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128217", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128217", " Motoniveladora Caterpillar 120H ano 1998")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128141", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128141", " Compressor de Ar com Motor Agrale Diesel")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128218", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128218", " Escavadeira Fiat Allis S90. Funcionando")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128219", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128219", "Escavadeira Komatsu PC160. Cabine queimada. Sem bomba hidráulica ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128169", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128169", "[ VÍDEO ] Traseira com diferencial central e transmissão para Trator de Esteira Komatsu D61 EX")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128174", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128174", " Motor Caterpillar 3114 para Pá Carregadeira 924F. Necessita revisão")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128089", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128089", "[ VÍDEO ] TRANSMISSÃO CATERPILLAR 962G.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128090", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128090", " TRANSMISSÃO ZF PARA PÁ CARREGADEIRA HYUNDAI HL760")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128091", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128091", " TRANSMISSÃO CATERPILLAR D6M")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128170", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128170", " MOTOR JCB")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128092", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128092", " MOTOR VOLVO D7")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128093", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128093", " MOTOR KOMATSU SAA6D140E-5 TIER III PC600 430HP")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128094", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128094", " MOTOR VOLVO PENTA D16 585KW")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128096", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128096", "[ VÍDEO ] COMANDO FINAL TRATOR DE ESTEIRA D6R")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128097", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128097", " COMANDO HIDRAULICO CATERPILLAR D6R")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128095", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128095", " COMANDO HIDRAULICO CATERPILLAR 938G")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128098", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128098", " COMANDO HIDRAULICO KOMATSU WA320")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128099", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128099", " COMANDO HIDRAULICO CATERPILLAR 938H")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128183", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128183", " COMANDO HIDRAULICO CATERPILLAR 336D")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128184", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128184", " COMANDO HIDRAULICO CATERPILLAR D8L VALVULA SAPO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128185", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128185", " COMANDO HIDRAULICO CATERPILLAR 320D")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128100", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128100", " COMANDO HIDRAULICO CASE CX 240")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128101", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128101", " COMANDO HIDRAULICO MOTONIVELADORA HUBER WARCO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128242", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128242", " REDUTOR DE TRANSLAÇÃO FIAT HITACHI FH220")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128243", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128243", " REDUTOR DE TRANSLAÇÃO CASE CX 240")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128102", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128102", " BOMBA HIDRAULICA PARA ESCAVADEIRA JCB JS330")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128103", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128103", " BOMBA HIDRAULICA PARA ESCAVADEIRA CASE 888 CKE")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128104", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128104", " BOMBA HIDRAULICA PARA ESCAVADEIRA VOLVO EC 700")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128248", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128248", " BOMBA HIDRAULICA PARA ESCAVADEIRA VOLVO EC 210")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128105", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128105", " BOMBA HIDRAULICA LIEBHER 924")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128244", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128244", " BOMBA HIDRAULICA HYUNDAI R500")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128106", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128106", " BOMBA HIDRAULICA LIEBHER PARA ESCAVADEIRA LIEBHERR")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128107", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128107", " EIXO DIRECIONAL EMPILHADEIRA HYUNDAI HDF70")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128108", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128108", " EIXO DIFERENCIAL RANDON RK430")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128245", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128245", " PAR EIXOS DIFERENCIAIS JCB 456ZX")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128251", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128251", " EIXO DIANTEIRO DIRECIONAL RANDON RK430")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128249", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128249", " PAR DE EIXOS PÁ CARREGADEIRA CASE 821 ZF")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128109", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128109", " Caçamba para Escavadeira Caterpillar 320")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128111", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128111", " Rolo para Dynapac CA25")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128110", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128110", " Tambor Liso para Rolo Dynapac CG 14")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128112", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128112", " Par de pistões de levante Escavadeira Caterpillar 312")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128113", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128113", " Radiador para Escavadeira Caterpillar 320 ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128114", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128114", "[ VÍDEOS ] Radiador para Trator de Esteira Caterpillar D8L")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128115", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128115", " Cabine para Motoniveladoras completa")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...15 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128116", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128116", " Cabine para Tratores de Esteira Caterpillar com Rops")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128117", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128117", " Cabine para Pá Carregadeira Hyundai Completa")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128118", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128118", " Cabine para Motoniveladora Completa")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128119", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128119", " Radiador para Escavadeira Komatsu PC 200")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128120", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128120", " Radiador de Óleo Multi Uso ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128121", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128121", " Radiador para Escavadeira Liebherr 944")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128126", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128126", " Bloco para Motor Cummins QSL9")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128122", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128122", " 3 Roletes novos para Trator de Esteira Caterpillar D10")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128123", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128123", " Roletes para Trator de Esteira Caterpillar: 4 de D8L e 4 de D7")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128124", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128124", " Motor Perkins 6357")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128125", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128125", " Cabine para Escavadeira")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128127", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128127", " 04 Sapatas para estabilizadores de Guindaste")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128128", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128128", " Cela para Motoniveladora 120H")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128171", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128171", " Par de Correntes para Pneus 23.5 x25")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128129", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128129", "[ VÍDEO ] 2 Cilos em Inox 3.000 litros cada ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128131", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128131", " Capa Rolamentos de Tambor para Rolo Compactador")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128130", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128130", " Capa de Rolamento para Rolo Compactador CA25")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128132", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128132", " Redutor de Translação para Escavadeira FX 215")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128246", "064")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128246", "[ VÍDEO ] Coroa de Giro para escavadeira FX215")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128247", "065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128247", " Coroa de Giro para Escavadeira Hyundai R500")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128133", "066")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128133", " Coroa de Giro Escavadeira JCB JS 330")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128137", "067")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128137", " 1 Esteira para Escavadeira Volvo EC360")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128134", "068")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128134", " Par de Esteira para Trator Komatsu D61")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128139", "069")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128139", " Transmissão desmontada para Trator de Esteira Komatsu D65 modelo 18.000")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128136", "070")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128136", " Transmissão ZF")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128135", "071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128135", " Transmissão para Motoscraper Caterpillar 621B")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128140", "072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128140", " Virabrequim para Motor Caterpillar 3116")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128138", "073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128138", " Virabrequim para Motor 3064 Caterpillar/Mitsubishi ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128142", "074")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128142", "Radiadores para Escavadeira Caterpillar 336D")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128144", "076")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128144", " Radiador completo da Escavadeira Case CX240")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128146", "077")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128146", " Radiador para Caminhão Fora de Estrada Randon RK 424")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128147", "078")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128147", " Radiador para Retroescavadeira JCB 3C")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128143", "079")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128143", " Radiador Completo para Rolo Compactador ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128145", "080")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128145", " Radiador completo para Escavadeira FH200")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128148", "081")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128148", " Radiador para Trator de Esteira Fiat AD14")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128149", "082")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128149", " Radiador para Escavadeira Volvo EC380")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128150", "083")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128150", " Radiador para Escavadeira Liebherr 944")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128151", "084")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128151", " Radiador para Escavadeira Komatsu PC600")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128155", "088")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128155", " Radiador completo para Escavadeira FX215")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128156", "089")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128156", " Radiador para Escavadeira Caterpillar 315")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128157", "090")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128157", " Radiador completo para Escavadeira Volvo EC700")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128159", "092")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128159", " Radiador para Pá Carregadeira Caterpillar 950G")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128160", "094")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128160", " Radiador completo com Aftercooler para Escavadeira Yuchai")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128165", "095")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128165", " Vidros de Cabines para Divesos equipamentos da Linha Amarela")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128164", "096")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128164", "[ VÍDEO ] Transmissão para Trator de Esteira Caterpillar D8k ou H")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128162", "097")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128162", "[ VÍDEO ] Transmissão para Motoniveladora Huber Warco 140M")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128166", "098")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128166", " Transmissão para Pá Carregadeira Caterpillar 938G")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128163", "099")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128163", "[ VÍDEO ] Transmissão para Pá Carregadeira Combat")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128167", "101")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128167", " Transmissão parcial para Pá Carregadeira Caterpillar 950G")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128173", "103")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128173", "[ VÍDEO ] Torre Triplex para Empilhadeiras Yale e Hyster de 4 Toneladas. Completa ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128175", "104")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128175", "[ VÍDEO ] Diferencial dianteiro da empilhadeira Yale/Hyster de 2,5 toneladas ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128176", "105")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128176", " Motor de Translação Hy Dash para escavadeiras de 20 ton. Compatíveis com Hyundai e outras")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128177", "106")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128177", " Motor Vortec para Empilhadeiras")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128178", "107")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128178", " Diferencial dianteiro Yale/Hyster 50VX ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128179", "108")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128179", "[ VÍDEO ] Diferencial dianteiro Yale / Hyster 90VX ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128180", "109")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128180", " Eixo direcional para empilhadeiras Yale/Hyster  90VX ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128181", "110")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128181", " Transmissão para Empilhadeiras Yale/Hyster 50VX")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128182", "111")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128182", " Cabine para Escavadeiras Volvo")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128188", "112")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128188", " Peças para Motor 3056 para 924G Bloco, cabeçote e outros ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128186", "113")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128186", " Motor Diesel empilhadeira Linde c/ Bomba hidráulica ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128190", "114")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128190", " Motor Diesel Empilhadeira Linde c/ Bomba hidráulica ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128187", "115")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128187", " Motor 3 Cilindros desmontado para Mini Carregadeira")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128191", "116")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128191", " Moto bomba diesel Toyama")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128189", "117")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128189", " Moto Bomba Diesel ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128192", "118")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128192", " Cabeçote Mitsubishi p/ Escavadeira Caterpillar 315BL")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128193", "119")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128193", " Cabeçote para Motor Liebherr ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128194", "120")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128194", " Cabeçote  para Motor Isuzu 4 cilindros ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128196", "121")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128196", " Cabeçote Perkins para aplicação em equipamentos Caterpillar ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128195", "122")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128195", " 2 Cabeçotes para Trator de Esteira Caterpillar D8L")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128197", "123")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128197", " Comando Hidráulico para Escavadeira Yuchai ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128198", "124")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128198", " 2 Cabeçotes Scania modelo 111 ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128202", "125")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128202", " Bloco, Cabeçote e bomba Injetora Mercedes OM 352")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128201", "126")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128201", " Motor Isuzu parcial ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128199", "127")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128199", " Bloco Cummins QSL")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128203", "128")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128203", " Motor Parcial Caterpillar 3116")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128205", "129")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128205", " Motor Parcial Caterpillar C6 para Pá Carregadeira 938G ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128204", "130")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128204", " Cabeçote Cummins série C ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128206", "131")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128206", " Bloco 4 cilindros JCB Retro escavadeira")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128208", "132")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128208", " Par de Pistões hidráulicos Pá Carregadeira Liebherr L580 ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128210", "133")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128210", " Par de Pistões hidráulicos Pá Carregadeira Hyundai HL 757 ")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128207", "134")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128207", " Par de Pistões hidráulicos de Retro Escavadeira Volvo ")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128209", "135")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128209", " Par Pistões hidráulicos para Trator de Esteira D6M ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128211", "136")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128211", " Par pistão hidráulico da Combat ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128212", "137")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128212", " Cabine para Pá Carregadeiras Hyundai")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128252", "138")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128252", " Cabine para Pá Carregadeiras Volvos ")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128213", "139")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128213", " Cabine para escavadeira Fiat FH 200/220/240")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128215", "140")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128215", " Cabine para Empilhadeiras Hyster e Yale 155VX")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128214", "141")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128214", " Cabine para Empilhadeiras Hyster e Yale 90VX")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128216", "142")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128216", " Cabine para Retrô Escavadeira Caterpillar 416")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128317", "143")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128317", "Compressor de Ar Atlas Copco XA 125")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128319", "145")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128319", "Motor Scania DS11")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128320", "146")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128320", "Motor Liebherr parcial ")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128321", "147")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128321", "Motor Fiat/Iveco  para FH220 Parcial ")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128323", "148")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128323", "Motor Liebherr parcial")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128330", "149")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128330", "Motor Caterpillar 3406 parcial ")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128331", "150")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128331", "Motor Cummins série B com bloco quebrado ")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128332", "151")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128332", "Motor Scania Parcial")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128328", "152")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128328", " Diferencial Empilhadeiras Yale/ Hyster 155VX")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128329", "153")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128329", " Diferencial para Empilhadeiras Yale/Hyster 190 VX")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128657", "154")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128657", " Motor Scania com câmbio acoplado ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128656", "155")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128656", " Motor Scania DS11")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128660", "156")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128660", " Motor Parcial Weichai")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128662", "157")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128662", " Motor Perkins 4 cilindros")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128658", "158")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128658", " Motor Perkins 4 cilindros ")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128663", "159")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128663", " [ VÍDEO ] Coroa, pinhão e planetária da Motoniveladora Caterpillar 120G")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128659", "160")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128659", " Caixa de Câmbio Clark CL-450 com cardam ")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128661", "161")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128661", " Diferencial, Eixo Direcional e caixa de direção ")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128689", "162")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128689", "Tanque de água 10.000 litros de arrasto ")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>10.200,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128835", "163")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128835", "Peças para Comando Final trator de Esteira Komatsu D61")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129055", "164")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129055", " Radiador Sem Uso Completo")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129056", "165")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129056", " Radiador Sem Uso")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129057", "166")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129057", " 2 Radiador Sem Uso")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129058", "167")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129058", " Par de Diferencial da Pá Carregadeira Caterpillar 950")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129059", "168")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129059", " Diferencial da Pá Carregadeira Caterpillar 930")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129060", "169")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129060", " Diferencial de Pá Carregadeira Caterpillar 966")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129284", "171")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129284", "[ VÍDEO ] Transmissão para Trator de Esteira Komatsu D155")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...180 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129286", "172")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129286", " 4 Laminas para Motoniveladora Caterpillar sendo 3 para 120 B e 1 para 140H")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129285", "173")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129285", " Diferencial traseiro para Caminhões ")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129287", "174")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129287", " Virabrequim New Holland L170")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...4702 lines deleted...]
-      </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129326", "176")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129326", " Virabrequim para Motor Caterpillar 3126. Medida 0,25")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>