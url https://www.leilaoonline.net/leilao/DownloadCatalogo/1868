--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128753", "030")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128753", " TORRE DE RESFRIAMENTO DE AGUA  Modelo: AP2404, Carga térm.= 1750000 Kcal/h, Vazão = 500,0 m³/h., Água quente 31,0 °C, Água fria 27,5 °C, Bulbo úmido 25,0 °C. (Já retiradas da Fábrica. Disponíveis para carregamento no Pátio externo). No estado. Sem Garantia.  OBS:  NÃO ACEITAREMOS RECLAMAÇÕES POSTER")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128752", "031")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128752", " TORRE DE RESFRIAMENTO DE AGUA  Modelo: AP2404, Carga térm.= 1750000 Kcal/h, Vazão = 500,0 m³/h., Água quente 31,0 °C, Água fria 27,5 °C, Bulbo úmido 25,0 °C. (Já retiradas da Fábrica. Disponíveis para carregamento no Pátio externo). No estado. Sem Garantia.  OBS:  NÃO ACEITAREMOS RECLAMAÇÕES POSTER")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128754", "032")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128754", " TORRE DE RESFRIAMENTO DE AGUA  Modelo: AP2404, Carga térm.= 1750000 Kcal/h, Vazão = 500,0 m³/h., Água quente 31,0 °C, Água fria 27,5 °C, Bulbo úmido 25,0 °C. (Já retiradas da Fábrica. Disponíveis para carregamento no Pátio externo). No estado. Sem Garantia.  OBS:  NÃO ACEITAREMOS RECLAMAÇÕES POSTER")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128751", "033")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128751", " TORRE DE RESFRIAMENTO DE AGUA  Modelo: AP2404, Carga térm.= 1750000 Kcal/h, Vazão = 500,0 m³/h., Água quente 31,0 °C, Água fria 27,5 °C, Bulbo úmido 25,0 °C. (Já retiradas da Fábrica. Disponíveis para carregamento no Pátio externo). No estado. Sem Garantia.  OBS:  NÃO ACEITAREMOS RECLAMAÇÕES POSTER")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>