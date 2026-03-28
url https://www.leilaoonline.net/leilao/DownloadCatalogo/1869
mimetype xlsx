--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,2683 +269,2351 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128479", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128479", "Linha de produção de biodiesel completa - desmontada - sem uso (anexo no descritivo de itens) - ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128470", "007")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128470", " Moinho de tinta")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128472", "008")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128472", " Lote com: 3 unidades de torre de refrigeração Antpol ESR")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128475", "009")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128475", " Prensa hidráulica para borracha - Luxor com capacidade para 60 toneladas - Com aquecimento ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128474", "010")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128474", " Fresadora para engrenagem de produção")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128478", "026")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128478", "Lote com: 8 unidades de reservatório de 200 litros de pp ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128477", "032")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128477", " Cabeçote fresador para fresa vigorelli fua300 ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128476", "035")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128476", " Máquina para pesar medir cubagem de caixas")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128481", "041")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128481", " Lote com: 2 bombas de vácuo ibran 4 e 7,5 cv ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128484", "054")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128484", " Filtro prensa para óleo")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128483", "064")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128483", " Lixadeira de cinta dupla")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128487", "067")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128487", " Impressora 3D Dwos")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128485", "069")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128485", " Máquina para solda fita de serra")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128486", "074")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128486", " Lote com:  6 uni. seladoras para lona plastica haramura")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128488", "076")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128488", " Máquina de solda alta frequência politron ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128491", "079")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128491", " Prensa excentrica com freio fricção com nr12 -  80 toneladas -  Schule")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128489", "080")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128489", " Prensa excentrica freio fricção - 85 toneladas marca Super Victor - com nr12")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128490", "086")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128490", " Máquina para encher bichinho de pelúcia")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128498", "092")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128498", " Prensa hidráulica elétrica - 100 toneladas")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128494", "096")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128494", " Puncionadora para chapas")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128495", "102")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128495", " Lote com: 9 Máquinas de costura industrial - 2 cortadores de tecido - fechadura e pesponpadeira")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128496", "104")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128496", " Estufa elétrica para plástico")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128497", "106")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128497", " Misturador de cola em inox ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128499", "108")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128499", " Ferramentas de injeção e estamparia para fabricação de chaves de fenda philips - fábrica Facito")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128502", "111")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128502", " Fresadora Chaveteira")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128504", "113")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128504", " Prensa Excêntrica - 8 ton.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128501", "119")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128501", " Bomba de vácuo compressor radial  - 15 cv")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128505", "124")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128505", "Retifica de copo mesa magnética 150mm")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128506", "128")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128506", "Eletro-erosão Altec  ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128507", "129")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128507", " Furadeira Radial")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128526", "130")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128526", " Máquina para desmontar Pneu de caminhão de piso Hidráulica")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128527", "131")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128527", " Furadeira de Coluna Dupla engrenada")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128517", "132")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128517", " Lixadeira de Fita para Marcenaria")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128518", "133")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128518", " Lote com: 9 cavaletes para caminhão ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128508", "135")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128508", " Calandra para cartonagem - 2 metros ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128516", "136")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128516", " Lixadeira para marcenaria ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128524", "138")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128524", " Retífica Jones Shipman 540")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128514", "139")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128514", " Serra tipo Policorte - Gasolina")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128520", "140")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128520", " Empilhadeira hidraulica - manual ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128523", "143")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128523", " Elevador elétrico - 1500kg")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128510", "148")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128510", " Furadeira Oscilante ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128528", "150")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128528", " Rosqueadeira Begra")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128559", "151")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128559", "Torno mecânico 1500x460")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128560", "152")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128560", "Lote com: 3 uni. tanques pressurizados para pintura - 50 litros ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128561", "153")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128561", "Lote com: 2 uni. Prensas excêntricas para 4 toneladas")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128562", "154")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128562", "Caçamba de Poli guindaste")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128563", "155")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128563", "Furadeira de bancada yadoya fny25 ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128564", "156")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128564", "Plaina Rocco 700mm")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128565", "157")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128565", "Prensa hidráulica para 60 toneladas")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128566", "158")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128566", "Máquina para desmontar pneu de caminhão - hidráulica")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128567", "159")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128567", "Furadeira radial ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128568", "160")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128568", "Lote com: 2 uni. bombas de vácuo de paleta selovac seg 250")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128569", "161")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128569", "Rosqueadeira dupla para porcas ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128570", "162")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128570", "Balancim 15 toneladas")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128571", "163")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128571", "Lote com: 3uni.  tanques pressurizado para pintura com misturador para 50 litros")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128572", "164")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128572", "Lote com: 2uni.  prensas excêntricas 80 toneladas com freio e fricção")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128573", "165")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128573", "Lote com: 3 uni.  rosqueadeira para porcas ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128574", "166")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128574", "Caldeira astrol")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128575", "167")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128575", "Lote com: 2 uni. tanques de polietileno 7 mil litros")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128836", "168")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128836", "Dobradeira para chapas manual -1 metro")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128837", "169")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128837", "Guilhotina elétrica - 1 metro")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128838", "170")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128838", "Lote com: 2 uni. tornos revolver e mecânico imor r400ii ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128839", "171")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128839", "Lote com: 7 uni.  plainas desempenadeira para madeira ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128840", "172")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128840", "Afiadora vigoreli")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128841", "173")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128841", "Lote com 100uni. de pinças para torno automático ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128842", "174")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128842", "Autoclave")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128843", "174")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128843", "Autoclave")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128844", "175")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128844", "Serra para madeira - gasolina")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128845", "176")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128845", "Lote com: 2uni.  macaco jacaré para 12 toneladas")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128846", "177")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128846", "Curvadora de tubos farex")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128847", "178")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128847", "Bomba alta pressão - 2 pistões")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128848", "179")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128848", "Torno mecânico Cléver l1640 ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128850", "180")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128850", "Prensa excêntrica 4 ton. inclinável ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128849", "180")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128849", "Prensa excêntrica 4 ton. inclinável ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128851", "181")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128851", "Prensa excêntrica 4 toneladas")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128852", "182")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128852", "Fresadora ferramenteira fer50a atlasmaq ano 2007")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128853", "183")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128853", "Lixadeira para madeira Rayman")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128854", "184")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128854", "Lote com: 2uni. de furadeira horizontal ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128855", "185")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128855", "Torno de bancada Sanches blanes")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128856", "186")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128856", "Torno revolver Iran 1.1/2 polegadas ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128857", "187")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128857", "Seladora - encolhível")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128858", "188")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128858", "Pantógrafo")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...2430 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128859", "189")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128859", "Lote com: 13uni. armários de madeira e fórmica")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>