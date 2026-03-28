--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1019 +269,895 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128542", "457")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128542", "EQUIPAMENTO PECK DECK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128541", "458")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128541", "EQUIPAMENTO PARA TREINAR PEITO LIFE FITNESS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128675", "459")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128675", "ESCADA STAIRMASTER")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>6.300,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128535", "461")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128535", "BIKE VERTICAL JOHNSON C7000")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128537", "464")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128537", "BIKE SPIN INOCYCLE")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128536", "465")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128536", "BIKE HORIZONTAL JOHNSON C7000")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128538", "466")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128538", "EQUIPAMENTO ELÍPTICO TECHNOGYM")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128669", "483")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128669", "PUXADORES")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128671", "490")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128671", "ESPALDAR DE MADEIRA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128539", "11285")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128539", "ESTEIRA 9100HR LIFE FITNESS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128540", "11286")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128540", "ESTEIRA 9100 TR LIFE FITNESS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128544", "11287")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128544", "EQUIPAMENTO LEG PRESS GERVASPORT")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128670", "13454")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128670", "PANTURRILHA SENTADA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128543", "16405")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128543", "BIKE VERTICAL JOHNSON C7000")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128545", "16406")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128545", "EQUIPAMENTO STEP 5500 LIFE FITNESS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128548", "16407")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128548", "BIKE VERTICAL FITNESS LIFECYCLE 9100")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128547", "16408")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128547", "BIKE LIFECYCLE 9100")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128549", "16409")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128549", "BIKE VERTICAL JOHNSON C7000")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128550", "16413")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128550", "ESTEIRA 9100HR LIFE FITNESS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128546", "17233")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128546", "EQUIPAMENTO BIOTECH - BANCO OMBRO 90")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128551", "17234")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128551", "ESTEIRA 9100HR LIFE FITNESS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128558", "20427")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128558", "PRANCHA ABDOMINAL")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128672", "20428")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128672", "PRANCHA DE ABDOMINAL")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128556", "20439")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128556", "EQUIPAMENTO HIPEREXTENSOR LOMBAR LIFE FITNESS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128557", "20440")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128557", "EQUIPAMENTO PARA DESENVOLVIMENTO DOS OMBROS LIFE FITNESS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128554", "20443")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128554", "BIKE LIFECYCLE 5500R FITNESS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128552", "20444")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128552", "BIKE HOR JOHNSON S/MOD.")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128553", "20445")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128553", "BIKE LIFECYCLE 6500HR FITNESS")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128555", "20448")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128555", "ESTEIRA 9100HR LIFE FITNESS")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128667", "20553")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128667", "BANCO SUPINO INCLINADO GERVASPORT")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128668", "20554")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128668", "BANCO SCOTT")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>