--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128897", "102")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128897", "veja o vídeo!! HONDA/WR-V LX CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - APROX. 6.343KM - IPVA 2022 PAGO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>92</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>57.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128893", "104")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128893", "veja o vídeo!! HONDA/HR-V EXL; 2016/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>64.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128901", "105")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128901", "veja o vídeo!! PEUGEOT/2008 ALLURE EAT6; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 76.322,00")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128898", "106")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128898", "HONDA/FIT EX CVT; 2020/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO - APROX. 10.100KM - FIPE: R$ 93.693,00")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>69.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129228", "107")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129228", "veja o vídeo!! HONDA/WR-V EXL CVT; 2020/2020; VERMELHA; ALCO./GASOL. - FUNC. - IPVA 2022 OK - APROX. 11.230KM - FIPE: 105.297,00")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>72.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128894", "108")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128894", "veja o vídeo!! VW/NIVUS HL TSI AD; 2021/2021; VERMELHA; ALCO./GASOL. - FUNC. - IPVA 2022 PAGO - FIPE: R$ 124.548,00")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128900", "109")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128900", "veja o vídeo!! TOYOTA/COROLLA XEI20FLEX; 2015/2015; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 85.447,00")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>57.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129276", "110")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129276", "veja o vídeo!! HYUNDAI/HB20S 1.0M COMF; 2017/2017; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>37.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129009", "111")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129009", "veja o vídeo!! MMC/ASX 2.0 CVT; 2016/2017; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>54.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128899", "112")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128899", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128892", "113")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128892", "veja o vídeo!! NISSAN/LIVINA 16SL; 2009/2010; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129229", "114")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129229", "veja o vídeo!! NISSAN/KICKS S MT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 84.977,00")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>53.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129281", "115")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129281", "veja o vídeo!! HONDA/FIT PERSONAL; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128895", "116")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128895", "veja o vídeo!! I/MMC LANCER 2.0; 2013/2014; PRETA; GASOLINA - FUNCIONANDO - FIPE: R$ 53.979,00")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128902", "117")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128902", "veja o vídeo!! FIAT/SIENA ATTRACTIV 1.4; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128904", "118")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128904", "veja o vídeo!! VW/SAVEIRO CS ST MB; 2015/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128903", "119")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128903", "HONDA/FIT EXL CVT; 2014/2015; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>46.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129010", "120")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129010", "veja o vídeo!! FORD/FIESTA FLEX; 2010/2010; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129062", "121")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129062", "veja o vídeo!! TOYOTA/YARIS HA PLS15CNT; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>56.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128905", "122")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128905", "I/NISSAN VERSA 16SV FLEX; 2013/2014; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128906", "123")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128906", "veja o vídeo!! I/VW FOX 1.6 PLUS; 2009/2010; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128910", "125")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128910", "GM/VECTRA SEDAN CD; 2003/2004; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128911", "126")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128911", "RENAULT/MASTER CC 2.5DCI; 2011/2012; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129335", "127")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129335", "veja o vídeo!! VW/SAVEIRO CL 1.8; 1995/1995; VERDE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128912", "129")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128912", "veja o vídeo!! I/CITROEN C4 PIC GLXA 5L; 2010/2011; PRATA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>16.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128914", "130")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128914", "CITROEN/C3 PICASSO GL15; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128913", "131")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128913", "KAWASAKI/VERSYS ABS; 2012/2012; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128915", "141")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128915", "I/FORD ESCORT GL 1.6 F; 2000/2000; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128916", "142")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128916", "I/VW AMAROK CD 4X4 S; 2012/2013; BRANCA; DIESEL")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128917", "148")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128917", "VW/GOL; 1981/1981; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129280", "300")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129280", "VW/GOL 1.0 GIV; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128918", "302")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128918", "VW/SAVEIRO CL 1.6 MI; 1998/1999; VERDE; GASOLINA; DIREÇÃO HIDRÁULICA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128919", "308")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128919", "GM/CHEVY 500 SL; 1989/1989; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128920", "311")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/128920", "veja o vídeo!! JTA/SUZUKI GSXR1000; 2009/2009; BRANCA; GASOLINA; COM ACESSÓRIOS")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129327", "350")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129327", "veja o vídeo!! JOGO DE PNEUS 205/40 ARO 17")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>