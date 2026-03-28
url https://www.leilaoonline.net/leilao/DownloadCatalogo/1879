--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129183", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129183", " JEEP WILLYS GASOLINA. 4X4. ANO 1960. FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129184", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129184", " CHEVROLET SILVERADO 6 CILINDROS. ANO 1998. FUNCIONANDO.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129543", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129543", "[ VÍDEO ] CAMINHÃO MERCEDES BENZ ACTROS 2646 LS 6X2 COM CAÇAMBA FACCHINI. ANO 2011/ 2012 FUNCIONANDO.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129186", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129186", "[ VÍDEO ] AXOR 3344. 6x4. ANO 2009. FUNCIONANDO.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129187", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129187", "[ VÍDEO ] AXOR 3344. 6x4. ANO 2009. FUNCIONANDO.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129193", "014")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129193", " UNO MILE. ANO 2001. FUNCIONANDO.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129195", "016")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129195", " GOL 1.0. ANO 2006. FUNCIONANDO.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129196", "017")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129196", " GOL 1.0. FLEX. FUNCIONANDO. ANO 2006")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129197", "018")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129197", " CAMINHÃO BAÚ FORD F600. 4x2. ANO 1973. FUNCIONANDO.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129198", "019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129198", " 70 RODAS DE TRANSBORDOS DIVERSAS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129200", "021")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129200", " 4 PNEUS BF GOODRICH 265/65R18 E 4 OUTROS BF GOODRICH ARO 17")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129199", "022")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129199", " REBITADEIRA   SERRA ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129201", "028")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129201", " 3 MACACO 1 CARRINHO DE CAMBIO  1 PARAFUSADEIRA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129203", "030")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129203", " 5 EIXOS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129202", "031")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129202", " 20 PISTOES PISTÕES HIDRAULICO DIVERSOS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129204", "033")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129204", " 324 FILTROS MANN")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129205", "034")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129205", " 130 FILTROS WIX")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129208", "037")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129208", " 14 CURVAS DIVERSAR MEDIDAS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129207", "038")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129207", "BARCO DE PESCA GOLD FISH. ANO 2017. Tipo Small Boat - Motor Mercury 90HP. Capacidade 5 passageiros")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129210", "041")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129210", " 01 GERADOR")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129212", "043")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129212", " CAMINHÃO OFICINA M. BENZ L 1313. ANO 1980/ 81")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>91.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...20 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129215", "044")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129215", " 06 RADIADORES PARA COLHEDORA DE CANA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129217", "045")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129217", " 02 ROTATIVAS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129218", "046")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129218", " 03 RODAS PARA TRATOR VALTRA BH 180")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129222", "048")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129222", " LONA E PATINHO DE FREIO NOVO PARA TRANSBORDO ANTONIOSI")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129220", "049")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129220", " REGISTROS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129221", "050")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129221", " MEIA LUA DE TRATOR")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129223", "051")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129223", " 03 ROLO DE TELA DE INOX E OUTROS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129219", "052")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129219", " CARROCERIA COMBOIO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129224", "053")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129224", "TRATOR CASE PUMA 205. ANO 2014. FUNCIONANDO.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129225", "056")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129225", "Mini Moto para Trilha Cross Off Road Laminha 100cc 4 Tempos - ano 2021. Sem documento")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129226", "059")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129226", " Mini Quadriciclo Trilha Avalanche 90cc 4 Tempos - ano 2021")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...830 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129227", "060")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129227", " GUINDASTE - Ford Cargo 2628E Ano 2010 (funcionando). Guindaste Luna 2010 - capacidade 35T - horimetro: Aprox. 3.505 hrs")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>