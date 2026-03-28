--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129230", "756")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129230", "ITENS DIVERSOS, PLACAS , REDUTOR, BOMBAS , PARAFUSOS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129231", "757")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129231", "ITENS DIVERSOS, REDUTORES, BOMBAS, MODULOS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. CAMPO GRANDE/MS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129232", "758")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129232", "ITENS DIVERSOS, ENGATE RAPIDO, ENGRENAGEM;DUPLA, VALVULAS DIVERSAS E OUTROS , VEJAQ DESCRITIVO DE ITENS - LOC. CAMPO GRANDE / MS ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129545", "759")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129545", "APROX. 1.000 ITENS. - FACA;ILAPAK/2460303110; CORREIA SINCRONIZADORA;PASSO 3MM;81DENTES;243-3M-9 E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CAMPO GRANDE/MS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129233", "774")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129233", "03 TONEIS DE SEBO( INOX ) LOC. CAMPO GRANDE/ MS ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129234", "775")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129234", "APROX. 10 GRADES DE FERRO , LOC. CAMPO GRANDE / MS ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129235", "776")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129235", "APROX. 33 MANGAS DE FILTRO, LOC. CAMPO GRANDE/MS ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129236", "777")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129236", "APROX. 13 CXS. EM INOX, 01 ESTRADO INOX, LOC. CAMPO GRANDE/MS ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129237", "778")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129237", "02 FILTROS DE SEBO, LOC. CAMPO GRANDE/MS ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129238", "779")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129238", "03 FILTROS CONJULGADOS , 01 RADIADOR , LOC. CAMPO GRANDE / MS ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>