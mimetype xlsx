--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129331", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129331", " TRATOR DE ESTEIRA D61PX KOMATSU D61PX ANO:  2008 N. DO EQUIP. 10000792,  PLACA: TES0792 CHASSI:  B46143 N. MOTOR:  36072280 OBS:  SÍNTESE ANEXO PARA VER ESTADO GARAL DO EQUIPAMENTO. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129332", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129332", " TRATOR DE ESTEIRA D6T XL CATERPILLAR D6T XL ANO:  2013 N. DO EQUIP. 10001246, PLACA: TES1246 CHASSI:  NA N. MOTOR:  TXD03059 OBS:  SÍNTESE ANEXO PARA VER ESTADO GARAL DO EQUIPAMENTO. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129333", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129333", " PÁ CARREGADEIRA DL200 DOOSAN DL200 ANO:  2007 N. DO EQUIP. PLACA: 10003764,  PAC3764 CHASSI:  DHKCWLACE95005292 N. MOTOR:  NA OBS:  SÍNTESE ANEXO PARA VER ESTADO GARAL DO EQUIPAMENTO. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>65.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129334", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129334", " PÁ CARREGADEIRA WA3205 KOMATSU WA3205 ANO:  2008 N. DO EQUIP.  PAC0170 CHASSI:  KMTWA028E51B10182 N. MOTOR:  B10182 OBS:  SÍNTESE ANEXO PARA VER ESTADO GARAL DO EQUIPAMENTO. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>