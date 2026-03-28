--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129534", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129534", " Peças Mercedes Benz sem uso")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129535", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129535", " Kit de Bomba John Deere. - 11 itens - AT224344 - Itens sem uso. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129529", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129529", "Caminhão FORD F4000 G. ANO: 2010/ 2011, DIESEL. APROX. 115.000 KM")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129541", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129541", " Aprox. 27 unidades de Bobinas 24V")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129538", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129538", " Linha de Milho John Deere sem uso AH209794")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129530", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129530", " Ceefeira")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129526", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129526", " Sucata de cabine John Deere 7815")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129533", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129533", " Sucata de Cabine John Deere colhedora de cana.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129532", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129532", " 2 Pistão hidraulico 100mm 7815")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129531", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129531", " Sucata de Cabine John Deere colhedora de cana.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129527", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129527", " Trator John Deere 6300")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>99.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...286 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129525", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129525", " Comandos diversos de colheitadeira de cana John Deere ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129528", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129528", " Redução Traseira 7815 John Deere")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129536", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129536", " Comando de Colheitadeira de Cana John Deere")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129540", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129540", " Cubo Dianteiro reforçado John Deere 7815")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129539", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129539", " Transmissão 3 marchas STS9650")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129542", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129542", " Alimentador colheitadeira 1450 John Deere ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129537", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/129537", " Alimentador John Deere STS9650 John Deere")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>