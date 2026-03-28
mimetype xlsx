--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130465", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130465", " FIAT PALIO WK Trekk. 1.6 - 2012/2013 - 233.000km - ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130466", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130466", " [vídeo] GM BLAZER ADVANT. - 2011 - 219.00km")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130467", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130467", " [vídeo] FIAT PALIO WK Trekk. 1.6 - 2012/2013 - 355.000km - ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130468", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130468", " [vídeo] FIAT PALIO WK Trekk 2010 - 203.000km")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130469", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130469", " [vídeo] CITROEN JUMPER M35LH 2.3 2014")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130690", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130690", "FIAT PALIO WK TREKK 1.6 2012/2013")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130503", "101")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130503", "Máquina de retífica de virabrequim - Barramento 1.50 mt - sem marca")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130504", "102")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130504", "Trator de esteira - Fiat Fa 120 - série 120/40351 ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130505", "201")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130505", "Caminhão VW 18.310 2003 - ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130506", "202")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130506", "Gerador Bambozzi - motor MB")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...269 lines deleted...]
-      </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130507", "203")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130507", "Tanque chorumeira - 3000lts")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130918", "204")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130918", "SEMI - REBOQUE - Graneleiro - GUERRA AG CS - 1997/1998 ATENÇÃO: SERÁ ENTREGUE SEM PNEUS -RODA SEM CÂMARA- - final placa: 4")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130691", "301")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130691", "Lote de 1.000 m2 de Telhas de Trapezoidal em alumínio - 6 X 1,25 X 0,70 ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130692", "302")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130692", "Lote de 1.000 m2 de Telhas de Trapezoidal em alumínio - 8 X 1,25 X 0,70 ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>