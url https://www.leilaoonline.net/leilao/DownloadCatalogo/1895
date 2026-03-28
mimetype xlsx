--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130073", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130073", " Trator Valtra mod. BH-180 ano 2012 - c/ climatizador/revisado câmbio /revisado motor/pintura nova")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130104", "009")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130104", "[ VÍDEO ] Trator de esteira Caterpillar mod. D4ESR - ano 1993 ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130079", "012")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130079", "Plantadeira Jumil mod. 2880. Ano 2002")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130076", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130076", "[ VÍDEOS ] Trator Valtra mod.BH-180. Ano 2006. Traçado. Ar condicionado. Operacional.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>158.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130067", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130067", " 2 para-choques Trator New Holland TL 75")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130077", "015")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130077", "Alongadores Valtra")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130063", "016")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130063", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130078", "017")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130078", "8 pistões, sendo 6 sem uso e 2 usados. ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130129", "020")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130129", " VW 7.90 S Ano 1987/ 1987 - carroceria")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130132", "021")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130132", "SEMI REBOQUE FACCHINI ANO 1997")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130081", "022")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130081", "[ VÍDEO ] Trator Massey Ferguson Mod 95X tração 4x2 - Equipamento parou trabalhando. Ano não identificado")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130138", "026")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130138", "[ VÍDEOS ] Pá Carregadeira Yineng Modelo CMH 936 Ano 2012 Motor Cummins")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>118.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130065", "028")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130065", "  5 tanques: 04 Massey Ferguson 7000 e 01 New Holland TL")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130146", "030")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130146", "Carreta Distribuição de calcário, Marca: Jan, Modelo: Lancer Magnu, ANO 2017. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130150", "031")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130150", "Caminhão M. Benz  2423B, ano 2001 Betoneira 8 M3 Pintura recente.")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>148.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130090", "036")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130090", " Conjunto de Barras traseira. Tratores Valtra")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130099", "037")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130099", " Conjunto de Barras traseira. Tratores Valtra")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130112", "047")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130112", "FIAT / FIORINO BAÚ FLEX  ANO 2009/2009 - (motor desmontado) ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>