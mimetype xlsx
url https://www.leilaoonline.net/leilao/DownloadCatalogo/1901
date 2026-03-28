--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1179 +269,1035 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130818", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130818", " Trator MF 86 HS ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130821", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130821", " Trator MF 290 ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130819", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130819", " Trator MF 283 4x4")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130820", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130820", " Caçamba Completa - bomba e pistão - Somente equipamento")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130822", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130822", " Plantadeira ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130823", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130823", " Arado - 2 discos")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130825", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130825", " Enxada rotativa ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130824", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130824", " Roçadeira")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130826", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130826", " Grade")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130829", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130829", " Implemento de engate")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130828", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130828", " Implemento de engate")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130827", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130827", " Arado")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130830", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130830", " Arado")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130831", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130831", " Grade")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130832", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130832", " Grade - sem uso ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130833", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130833", " Trator CBT")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130840", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130840", " Reboque para Trator")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130836", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130836", " Rolo pata de carneiro")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130837", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130837", " Trator MF 50x")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130834", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130834", " Trator Santa matilde")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130839", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130839", " Lote com 02 motores cummins 24-250 - com caixa")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130838", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130838", " Kit pata")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130841", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130841", " Diferencial e eixo com fecho de molas - 9-150 2011")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130843", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130843", " Lote com aproximadamente 1.000 kg de sucata de baterias - lances por kg.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130844", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130844", " Lote com: 3 Pneus 18.4- 30 e 1 pneu R 24'")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130842", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130842", " Sucata de trator Komatsu ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130846", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130846", " Trator Ford - desmontado")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130845", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130845", " Empilhadeira Komatsu - 7 Ton")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130847", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130847", " Trator CBT 2105")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130849", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130849", " Escavadeira PC 200")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...149 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130848", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130848", " Empilhadeira - 5 ton.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131649", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131649", "ROLO XCMG  XS120PO 2011")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>125.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131650", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131650", "Lote com: Aproximadamente 11 toneladas de parafusos e porcas - Diversas medidas - PREÇO POR KG")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...351 lines deleted...]
-      <c r="E29" s="5" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3,25</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131651", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131651", "Equipamento Baú - 11 Metros - 2.90 x 2.60 ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F29" s="4" t="inlineStr">
-[...351 lines deleted...]
-      <c r="F40" s="4" t="inlineStr">
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131653", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131653", "[vídeo] Escavadeira CAT 320")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132189", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132189", "MF 275")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>