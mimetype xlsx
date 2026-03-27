--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130866", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130866", " [vídeo] MB 1214 C 1997 com Munck PKB 1550")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130864", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130864", "Caminhão Volvo VM 330 - 2014/2015 8x2 Completo - automático - engate para julieta - Roll-on Grimaldi G25 2017")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>302.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130865", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130865", "[Vídeo] Caminhão Mercedes L1418E -  Ano 1993  - Diferencial rockwell 240 (reduzido) - Suspensor de Truck ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130919", "007")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130919", "Caminhão VW 14.140 1988 - com Munck ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130920", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130920", "Caminhão MB AXOR 1933 S")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131194", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131194", "Caminhão MB 1113  58/59 Com munck 3.5 ton - lança - Carroceria aprox. 7m - Dir. hidráulica - turbinado - Lança hidráulica")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131195", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131195", "Caminhão Scania p124 420 CB 6x4nz 2007 - Necessário 2 transferências")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131196", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131196", "Caminhão Scania p124 420 CB 6x4nz 2007 - Necessário 2 transferências")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131197", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131197", "Hyundai HR LDB 2008/2009 ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131302", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131302", "[vídeo] Caminhão MB 1718 A - 1999 Com equipamento ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>80.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131303", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131303", "Caminhão Iveco ECCURSOR 450 2010 - Somente cavalo - com equipamento")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131304", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131304", "Ford Focus 2L FC FLEX - 2010/2011")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131305", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131305", "VW Gol 1.0 - Flex - 2007/2008 ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131306", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131306", "Renault Sandero Aut 1.0 16v 2014")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131307", "018")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131307", "MB SPRINTER 313cdi 2008 ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131314", "019")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131314", "Semi-Reboque Guerra - carroceria aberta - 1986 ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131315", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131315", "Mitsubishi L200 outdoor completa - 4x4 diesel - 2011/2012 ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131316", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131316", "Escavadeira de Pneus com garra sucateira - 4x4 - motor mwm 229 - funcionando")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...142 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131317", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131317", "Retroescavadeira Case - 580H - 4x2 ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131321", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131321", "Retroescavadeira Caterpillar - Mod. 416 - 2003 - 4x2 - Funcionando")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131319", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131319", "[Vídeo] -  Motoniveladora Patrol Cat 120B - 6 cilindros ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131324", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131324", "[vídeo] Retroescavadeira Case 580L - 2007 - 95.125hrs ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131320", "026")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131320", "[ Vídeo ] Empilhadeira Clark 2006 ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131318", "027")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131318", " Empilhadeira AUSA - cap. de carga aproximadamente 1300kg - ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131322", "028")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131322", "[ Vídeo ] Empilhadeira Hyster -  Modelo XL80Ano 99 Diesel motor Maximum - Cap 4 ton.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131323", "029")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131323", "Empilhadeira Clark CMP50SD Diesel  ano 2009  Cap 5 ton.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131363", "030")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131363", "Retroescavadeira Case 580L 4x2 - Motor Cummins - com martelete ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131364", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131364", "Fiat Uno Mille Flex - 2011/2012")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131394", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131394", "Caminhão Iveco - Daily 3520 - 2002 ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131654", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131654", "CAMINHÃO MB 2423 K  2005/2006")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131655", "034")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131655", "Trator de Esteira D4-d")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131656", "035")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131656", "CAMINHÃO VW 17.180 EURO3 WORKER - 2011/2012")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...830 lines deleted...]
-      </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131657", "036")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131657", "Ford Fiesta 1.6 Flex 2008/2009 - Final de placa: 9")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>