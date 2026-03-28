--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130486", "067")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130486", " 11 LUMINÁRIAS À PROVA DE EXPLOSÃO e 2 REATORES PARA LÂMPADA VAPOR SÓDIO 1000W")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130470", "071")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130470", "APROX. 28 UNIDADES DE FILTROS PARKER E NOGREN")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130471", "077")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130471", "TALHA ELÉTRICA  PARA 1 TONELADA - 3,0m DE ALTURA COM 3,10m DE VÃO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130472", "090")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130472", " QUADROS ELÉTRICOS - APROX. 12 PÇS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130473", "091")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130473", " LUMINÁRIAS DIVERSAS (COMUM E LED) -  APROX. 78PÇS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130483", "094")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130483", " 09 LUMINÁRIAs FITA DE LED DVs TAMANHOS E 09 CALHAs DE LUMINÁRIA P/ LÂMPADA DE LED")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130474", "095")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130474", " Aprox. 49 MÁQUINAS DIVERSAS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130475", "097")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130475", " 07 PAINÉIS ELÉTRICOS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130476", "098")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130476", " 02 FOGÕES INDUSTRIAIS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130477", "112")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130477", "4 MOTORES P/ EMPILHADEIRA ELÉTRICA.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130478", "114")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130478", " 02 EXAUSTORES")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130482", "132")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130482", " 04 CONDENSADORES DE AR CONDICIONADO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130485", "133")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130485", " 05 Placas de Silicone 200G. Medidas 1000x1000x12mm")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130484", "134")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130484", " 700 Metros de Cabo Helucom A-DQ(ZN)B2Y 24EQ/125 ROHS 08460109318 (24 fibras –monomodo )HELUKABEL(Alemanha)")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130479", "137")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130479", "09 PROTETORES PARA SERRA CIRCULAR")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130480", "138")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130480", "02 FILTROS DE INOX")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130481", "139")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130481", "APROX. 38 ROSCAS TRANSPORTADORAS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130497", "143")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130497", " CAPACITOR 9 PÇS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130490", "144")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130490", " CHAVE ELÉTRICA 3 PÇS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130491", "149")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130491", " 31 CONTATORAS DIVERSAS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130489", "151")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130489", " 612 BOTÕES P/ PAINÉIS ELÉTRICOS DIVERSOS MODELOS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130488", "152")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130488", " 1 CONTATORA 3RW4435-6BC44  36 CONTATOS 3TR1023")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130487", "153")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130487", " 19 CHAVES SECCIONADORAS (9X50A   10X125A)   23 CHAVE LIGA DESLIGA   10 CX DE PASSAGEM (300X220X120)")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130493", "176")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130493", "01 COMPRESSOR ATLAS COPCO GX3 FF 2006")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130496", "181")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130496", "  05 DISJUNTORES DIVERSOS - SENDO 1 SÉRIE DIMATIC 600V E 4 DISJUNTORES CAIXA MOLDADA DE 600AMP")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130498", "187")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130498", " 01 MÁQUINA DE SOLDA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130499", "188")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130499", " 06 DISJUNTORES CAIXAS MOLDADAS")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>11.200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130500", "191")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130500", " 5 CONTATORAS E 20 DISJUNTORES")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130501", "192")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130501", "ELETRODUTOS 3" PESADOS E PINTADOS DE CINZA - 138PÇS X 9,49KG = 1347KG")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130502", "193")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130502", "ELETRODUTOS 3" PESADOS E PINTADOS DE CINZA - 211PÇS X 6,40KG = 1350KG")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>