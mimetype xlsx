--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130871", "021")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130871", "ROLO COMPACTADOR MULLER; VAP 55 - CP81")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>44.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130877", "034")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130877", "GM/S10 2.5 D 4X4; 1999/2000; BRANCA; DIESEL - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130874", "036")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130874", "veja o vídeo!! GM/BLAZER DLX; 1997/1997; PRATA; GASOL./GNV - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130878", "040")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130878", "veja o vídeo!! I/FORD RANGER XL 13D; 2001/2001; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130879", "041")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130879", "HONDA/FIT EX CVT; 2020/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130876", "051")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130876", "veja o vídeo!! VW/VOYAGE LS; 1986/1986; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130880", "053")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130880", "veja o vídeo!! HYUNDAI/HB20S 1.0M COMF; 2017/2017; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130875", "080")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130875", "CHEVROLET S10 ADV FD2; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 446; CP 121")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130872", "099")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130872", "CAMINHÃO M.BENZ LP 321; CARA CHATA; 1962/1962; AZUL; DIESEL - FUNCIONANDO ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130882", "102")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130882", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FROTA 539")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130883", "104")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130883", "VW/ÔNIBUS INDUSCAR APACHE; 2006/2006; BRANCO; DIESEL - FUNCIONANDO - FROTA 128")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130893", "105")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130893", "CAMINHÃO FORD F 11.000; COM MUCK CAP. 3,5 TON.; 1985/1985; VERDE; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130894", "106")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130894", "CAMINHÃO FORD 11000; 1990/1990")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130885", "109")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130885", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130884", "110")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130884", "BUGGY VW TERRAL 4; 1984/1985; AMARELO; GASOLINA - FUNCIONANDO - FROTA H36")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130896", "111")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130896", "CAMINHÃO FORD CARGO 1723; 2013/2013; BRANCO; DIESEL - FROTA 714; CP87")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>118.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130888", "120")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130888", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130887", "121")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130887", "FIAT PALIO WK TREKK 1.6; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA F65")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130889", "128")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130889", "FORD/KA SE 1.0 HA C; 2020/2020; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130902", "145")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130902", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 974; CP 122")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130903", "146")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130903", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 403; CP 123")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130904", "147")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130904", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 874; CP 125.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130905", "148")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130905", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 983; CP 126")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130899", "150")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130899", "VW PARATI 16V TOUR; 2002/2002; BRANCA; GASOLINA - FUNCIONANDO - FROTA 280 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130900", "151")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/130900", "veja o vídeo!! I/HAFEI MINI PICK-UP L; 2010/2011; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>