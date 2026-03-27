--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131193", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131193", "Acessório do Guindaste Hiab – JIB 135")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131191", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131191", " 13 COFRES DE AÇO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131192", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131192", " 4 PNEUS G2/L2D")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131308", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131308", " Manilhas de aço. Várias medidas.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131198", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131198", "Furgão Ford Transit. Diesel. Ano 2011/2011  (Ambulância)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131199", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131199", "Microonibus Renault Master. Ano 2014/2015  (16 lugares). Mecânica revisada. Bateria nova.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131310", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131310", "  Mosquetão metálico. Aprox. 1.200 peças")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131312", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131312", "Torners vencidos (cheios), Câmeras de segurança, suportes, telas e teclados.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131313", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131313", "  Luminárias (sem lâmpadas). Aprox.40")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...10 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131309", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131309", " Aprox. 200 Disjuntores vários modelos padrão NEMA.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...190 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131311", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131311", " Pranchões de Madeira. Aprox. 14 toneladas.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>27.200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>