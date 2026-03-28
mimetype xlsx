--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131392", "1008")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131392", " S.REBOQUE  RANDON 12,50 M, ANO 2012, FR70392, (SERA VENDIDO S/ PNEUS)  LOC. IPAUSSU ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131386", "1009")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131386", " S.REBOQUE USICAMP 12,50 M, ANO 2008, FR46852, (SERA VENDIDO S/ PNEUS) LOC. IPAUSSU ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131383", "1010")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131383", " S.REBOQUE  RANDON 12,50 M, ANO 2012,FR46923, (SERA VENDIDO S/ PNEUS) LOC. IPAUSSU ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131380", "1012")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131380", " S.REBOQUE  RANDON 12,50, ANO 2012, FR46935,  (SERA VENDIDO S/ PNEUS)LOC. IPAUSSU ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131389", "1013")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131389", " S.REBOQUE USICAMP 12,50 M, ANO 2008, FR 121449,  (SERA VENDIDO S/ PNEUS) LOC. IPAUSSU ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131387", "1019")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131387", " REBOQUE 4E RANDON 12,5M,M ANO 2010, FR46874, (SERA VENDIDO S/ PNEUS) LOC. IPAUSSU ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131385", "1020")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131385", " REBOQUE 4E RANDON 12,5M, ANO 2010, FR46891,  (SERA VENDIDO S/ PNEUS) LOC. IPAUSSU ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131391", "1021")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131391", " REBOQUE 4E RANDON 12,5M, ANO 2012, FR 70825,  (SERA VENDIDO S/ PNEUS) LOC. IPAUSSU ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131393", "1023")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131393", " REBOQUE 4E RANDON 12,5M, ANO 2013, FR46968, (SERA VENDIDO S/ PNEUS) LOC. IPAUSSU ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131390", "1024")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131390", " REBOQUE 4E RANDON 12,5M, ANO 2010,FR82632, (SERA VENDIDO S/ PNEUS) LOC. IPAUSSU ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131384", "1025")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131384", " REBOQUE 4E RANDON 12,5M, ANO 2012, FR46938, (SERA VENDIDO S/ PNEUS) LOC. IPAUSSU ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131382", "1029")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131382", " REBOQUE 4E RANDON 12,5M, ANO 2012, FR46931,  (SERA VENDIDO S/ PNEUS) LOC. IPAUSSU")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131444", "11219")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131444", " REBOQUE SOUFER CANA PIC 1CX 93M³, ANO 2012/2012, FR164425, LOC. BONFIM ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131453", "11302")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131453", " REBOQUE 4E RANDON 12,5M, ANO 2012, FR93673, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131446", "11314")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131446", " S. REBOQUE USICAMP  CANAV 1CX 90M³, ANO 2008/2008, FR96297, LOC. BONFIM ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131445", "11315")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131445", " REBOQUE RANDON CANA PICADA, ANO 2010/2011, FR121486, LOC. BONFIM ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131448", "11340")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131448", " S. REBOQUE USICAMP 11,80 M, ANO 2007, FR93622, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131451", "11341")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131451", " REBOQUE 4E RANDON 12,5M, ANO 2011, FR93647, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131449", "11343")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131449", " REBOQUE 4E RANDON 12,5M, ANO 2011, FR93658, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131447", "11344")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131447", " S. REBOQUE USICAMP 12,5 M, ANO 2008, FR96275, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131452", "11349")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131452", " S. REBOQUE USICAMP 12,50 M, ANO 2009, FR36176, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131450", "11351")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131450", " S. REBOQUE USICAMP 12,50 M, ANO 2008, FR10226, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131388", "17261")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131388", " REBOQUE 4E RANDON 12,5M, ANO 2012, FR82685,  (SERA VENDIDO S/ PNEUS) LOC. IPAUSSU ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131381", "17382")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131381", " S.REBOQUE  RANDON 12,50 M, ANO 2012, FR46922,  (SERA VENDIDO S/ PNEUS)LOC. IPAUSSU ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>