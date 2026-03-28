--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131635", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131635", "[ VÍDEO ] ESCAVADEIRA KOMATSU. MOD. PC 200. ANO 2013. APROX. 10.800 HRS. ÚNICO DONO. COM MANUAL E CATÁLOGO. AR GELANDO.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>406.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131622", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131622", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO aprox. 1991")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131638", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131638", "[ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR. MOD. 938G. ANO 2005")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>185.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131623", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131623", "[ VÍDEO ] ROLO COMPACTADOR CATERPILLAR. MOD. 533. ANO  aprox. 1999")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131627", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131627", "[ VÍDEO ] MINI CARREGADEIRA SUNWORD. ANO 2011. MOTOR KUBOTA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131629", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131629", "[ VÍDEO ] PÁ CARREGADEIRA DOSAN. MOD. DL-200. ANO Aprox. 2011")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131633", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131633", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO 1994. ACOMPANHA TAMBOR LISO E PATA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131639", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131639", "PRANCHA REBOQUE GOYDO. ANO 1997")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131636", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131636", "[ VÍDEO ] BOBCAT 325. ANO 2008. MOTOR KUBOTA. ENGATE RÁPIDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132180", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132180", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR. MOD. 140G. ANO Aprox. 1996")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131631", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131631", "[ VÍDEO ] ROLO COMPACTADOR TEMA-TERRA. MOD. SPVC 68. ANO Aprox. 1988")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131640", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131640", "[ VÍDEO ] FORD JEEP ANO 1966. MOTOR OPALA 6CC. DIREÇÃO HIDRÁULICA. DOCUMENTAÇÃO EM ORDEM")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131641", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131641", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR. MOD. 12G. ANO Aprox. 1996")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132080", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132080", "[ VÍDEO ] TRATOR ESTEIRA CATERPILLAR. MOD. D5 (CÂMBIO). ANO Aprox. 1991")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>188.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132660", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132660", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20E ANO 1997- MOTOR CUMMINS-TRANSMISSÃO 28.000")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132661", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132661", "[ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR MOD. 930T ANO 1995 - TRANSMISSÃO CAT-BOMBA BOSCH -MOTOR C /PLACA ESPASSADOR/ BICO CANETA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131637", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131637", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN. MOD. 55A. TORQUE 28000. FREIO A DISCO. ANO 1985.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131630", "024")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131630", "CONCHA CATERPILLAR")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...57 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131626", "029")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131626", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...89 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131632", "034")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131632", "CABINE PARA MÁQUINA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...121 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131624", "037")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131624", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...318 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131625", "038")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131625", " CARRETA. CHAPEADA DE AÇO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>