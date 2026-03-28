--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131642", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131642", " Motoniveladora Caterpillar mod. 120B ano 1989 - bomba boch")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131643", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131643", " Pá Carregadeira Michigan mod.55A ano 1981 - transmissão Clark 28")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133270", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133270", "Rolo Compactador Muller mod. VAP 55 Ano 98 ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>94.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131644", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131644", " Retroescavadeira Caterpillar mod. 416D ano 2002 - 4x2")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131646", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131646", " Pá Carregadeira Dosan mod. DL200 ano 2011")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131645", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131645", " Pá Carregadeira Volvo mod. L50 ano 1998")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131647", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131647", "[ VÍDEO ]  Micro Ônibus - VW Mascarello Granmini -motor MWM turbo Ano 2009/2009 - Diesel")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...158 lines deleted...]
-      </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131648", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131648", "Retroescavadeira Maxion mod. 750 - ano 1995 (sem motor/sem eixo dianteiro)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>