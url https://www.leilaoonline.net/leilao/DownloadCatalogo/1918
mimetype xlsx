--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1307 +269,1147 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131664", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131664", "RENAULT/MASTER BUS16 DCI; 2005/2006; BRANCA; DIESEL")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131672", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131672", "veja o vídeo!! RETROESCAVADEIRA 4x4 NEW HOLLAND LB90 2010 - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>119.750,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131662", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131662", "veja o vídeo!! LIBER 942 - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131671", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131671", "veja o vídeo!! EMPILHADEIRA; MARCA LINDE; MODELO H40T-04; ANO 2005")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131670", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131670", "ESCAVADEIRA; MARCA JHON DEERE; MODELO CLD 200")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>78.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131669", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131669", "ESCAVADEIRA; MARCA JHON DEERE; MODELO CLC 200")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131665", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131665", "5 PÁS CARREGADEIRA, VOLVO L90F, CAT 962 G e 962 H")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131663", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131663", "TRATOR CBT 1105; COM DIREÇÃO HIDRÁULICA - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132669", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132669", "10 TONELADAS DE TUBOS DE 2 POLEGADAS; TAMANHO 2.90 (PREÇO POR KG)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132670", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132670", "10 TONELADAS DE TUBOS DE 2 POLEGADAS; TAMANHO 2.90 (PREÇO POR KG)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132671", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132671", "10 TONELADAS DE TUBOS DE 2 POLEGADAS; TAMANHO 2.90 (PREÇO POR KG)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2,30</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132672", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132672", "10 TONELADAS DE TUBOS DE 2 POLEGADAS; TAMANHO 2.90 (PREÇO POR KG)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2,30</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132174", "020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132174", "PLATAFORMA PARA 2 TONELADAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132175", "021")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132175", "CONJUNTO DE DISCO DE CORTE 14 PEÇAS; 5 RODAS DE PROTEÇÃO PARA PNEUS, CAPO E OUTROS (TODOS SEM USO)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132176", "022")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132176", "MUNK DE 3 LANÇAS HIDRÁULICAS E 2 MANUAIS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132177", "023")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132177", "BOMBA D'ÁGUA; ENTRADA DE 10 POLEGADAS; SAÍDA DE 6 POLEGADAS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132178", "024")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132178", "CALANDRA; 1.60 DE COMPRIMENTO; EIXO SUPERIOR 6 POLEGADAS; EIXO INFERIOR 5 POLEGADAS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132179", "025")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132179", "CALANDRA; 1.90 DE COMPRIMENTO; EIXO SUPERIOR 12 POLEGADAS; EIXO INFERIOR 10 POLEGADAS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132181", "026")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132181", "veja o vídeo!! 1 JOGO DE LÂMINA DE TRATOR")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131659", "055")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131659", "CARRETA REB/FNV FRUEHAUF; PRETA; 1974/1974; PARA 30 MIL LITROS; TODA EM AÇO INÓX; PESO DO TANQUE: 11 TONELADAS; COM DOCUMENTO EM DIA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>26.300,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131658", "056")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131658", "CARRETA PRETA; 1978/1978; PARA 30 MIL LITROS; TODA EM AÇO INÓX; PESO DO TANQUE: 11 TONELADAS; COM DOCUMENTO EM DIA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131667", "060")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131667", "COLHEDORA DE CANA; MARCA SANTAL (FALTA MOTOR)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131666", "064")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131666", "GERADOR DE ENERGIA 375 KVA; MOTOR MWM; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>98</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131660", "065")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131660", "BRITADOR CONE; 120 TS; DESMONTADO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131673", "066")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131673", "REDUTOR PARA MOENDA 84; TODO REVISADO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131687", "067")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131687", "BRITADOR 62/40 FAÇO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>186</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>145.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131674", "068")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131674", "4 BOMBAS DE 400 CV CADA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131676", "069")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131676", "TELESMIT; ANO 2017; 2.20 METROS DE ALTURA; 6 METROS DE COMPRIMENTO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131675", "070")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131675", "BOMBA SEM USO; MEDIDAS 400 ENTRADA E 350 SAÍDA COM MOTOR DE 650CV")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>53.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131677", "071")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131677", "1 SERPENTINA DE 7 METROS DE COMPRIMENTO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131678", "073")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131678", "PICADOR DE MADEIRA; PESO 12 TONELADAS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131684", "074")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131684", "COMPRESSOR AR 6 PÉS COMPLETO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131661", "075")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131661", "50 TONELADAS DE TUBOS DE 8.10.12.14 POLEGADAS; COMPRIMENTO DE 8 METROS E 12 METROS - VENDA POR KILO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>4,50</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131682", "076")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131682", "MOTOR LIEBHERR DA ESCAVADEIRA; 6 CILINDROS; ANO 2000; COMPLETO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...89 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131680", "077")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131680", "GERADOR DE ENERGIA 210 KVA; MOTOR CUMIS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...64 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131681", "078")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131681", "GERADOR MOTOR SCANIA 375 KVA - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131683", "080")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131683", "21 GAIOLAS PALETEIRAS SEM USO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>6.700,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131685", "090")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131685", "TANQUE DE ALTA PRESSÃO; MEDIDAS: 3M DE COMPRIMENTO POR 2M DE LARGURA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131686", "095")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131686", "10 MOTORES WEG; DE 30CV, 50CV, 25CV E 20CV; 1150 e 1750 RPM")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...403 lines deleted...]
-      <c r="F29" s="4" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-[...638 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131679", "119")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/131679", "7 APARELHOS DE ULTRASSOM; PAROU FUNCIONANDO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>4.150,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>